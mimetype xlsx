--- v0 (2025-10-01)
+++ v1 (2025-11-21)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1024" uniqueCount="502">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1160" uniqueCount="567">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -405,93 +405,174 @@
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1065/projeto_de_lei_ordinaria_-_criacao_de_feira.pdf</t>
   </si>
   <si>
     <t>Institui a Feira de Manfrinópolis como instrumento de desenvolvimento local e fomento à geração de renda, ás industrias locais, pequenos comerciantes e produtores rurais.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1071/projeto_de_lei__-_cria_fundo_municipal_do_turismo_e_comissao_muniicpal_do_turismo.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Turismo - COMTUR e o Fundo Municipal do Turismo - FUMTUR e dá outras providências.</t>
   </si>
   <si>
+    <t>1073</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1073/projeto_de_lei_-_loa_2026.pdf</t>
+  </si>
+  <si>
+    <t>SÚMULA: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MANFRINÓPOLIS PARA O EXERCÍCIO DE 2026.</t>
+  </si>
+  <si>
+    <t>1074</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1074/projeto_de_lei_-ppa_2026.pdf</t>
+  </si>
+  <si>
+    <t>SÚMULA - Dispõe sobre o Plano Plurianual do Município de Manfrinópolis, para o período de 2026 à 2029</t>
+  </si>
+  <si>
+    <t>1076</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1076/projeto_de_lei_ordinaria_-_cispar_-_01.10.2025.pdf</t>
+  </si>
+  <si>
+    <t>Ratifica a redação do Contrato de Consórcio Público e do Estatuto Social do Consórcio Intermunicipal de Saneamento do Paraná (CISPAR) e autoriza o ingresso do Município no referido Consórcio.</t>
+  </si>
+  <si>
+    <t>1082</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1082/projeto_de_lei_-_autoriza_pagamento_de_premiacao_a_participantes_do_festival_municipal_e_nacional_da_cancao_de_manfrinopolis__-.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a conceder premiação em dinheiro para participantes e campeões do Festival Municipal e Nacional da Canção de Manfrinópolis/PR, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1086</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1086/projeto_de_lei_contratacao_temporaria_.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a proceder à contratação temporária de pessoal por tempo determinado para atender a necessidade temporária de excepcional interesse público, e dá outras providências.</t>
+  </si>
+  <si>
     <t>946</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/946/emenda_-_projeto_de_lei_ordinaria_02_-.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do Projeto De Lei Nº Ordinária Do Poder Executivo N° 002/2025”</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/968/emenda.pdf</t>
   </si>
   <si>
     <t>“Modifica a redação do Projeto De Lei Nº Ordinária Do Poder Executivo N°008/2025”</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Fernando Gandin</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/971/emenda_modificativa_003-2025.pdf</t>
   </si>
   <si>
     <t>Altera-se a redação do art. 5º, caput e art. 11, inciso IV do Projeto de Lei nº 006/2025 e dá outras providências</t>
+  </si>
+  <si>
+    <t>1075</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1075/emenda_modificativa_projeto_lei_ordinaria_no_28-2025.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA PROJETO LEI ORDINÁRIA Nº 28/2025</t>
+  </si>
+  <si>
+    <t>1087</t>
+  </si>
+  <si>
+    <t>CRJ - Comissão de Redação e Justiça</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1087/emenda_modificativa_005-2025__ao_projeto_de_lei_037-2025.pdf</t>
+  </si>
+  <si>
+    <t>Inclui §1º e §2º ao art. 2º e altera redação do art. 4º do Projeto de Lei nº 037/2025 e dá outras providências</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Manoel Vanderlei Lopes</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/947/indicacao_n001-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessária no sentido de realizar a construção de um ponto de ônibus no bairro Centro Novo, em frente a casa do senhor Daniel Alves destinado ao uso dos alunos._x000D_
 Considerando a necessidade da construção de um ponto de ônibus, de forma a proporcionar maior segurança e comodidade para os alunos que utilizam a linha de transporte coletivo para se dirigirem até as instituições de ensino na cidade.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>Elizangela Fonseca De Oliveira</t>
@@ -821,108 +902,93 @@
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1006/indicacao_n032-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente que tome as providências necessárias para realizar a o cercamento do lago municipal._x000D_
 O cercamento do lago contribuirá significativamente para:_x000D_
 1.	Segurança da população: Evitará o acesso inadequado de pessoas a áreas de risco, prevenindo acidentes, como quedas e afogamentos, especialmente entre crianças e pessoas com mobilidade reduzida._x000D_
 2.	Preservação ambiental: O cercamento ajudará a proteger a fauna e flora local, limitando o acesso indiscriminado ao entorno do lago, o que pode prejudicar o equilíbrio ecológico da área._x000D_
 3.	Valorização do espaço público: O cercamento poderá organizar o acesso, promovendo um ambiente mais seguro e agradável, aumentando a utilização do local para atividades de lazer e convivência comunitária.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1007/indicacao_n033-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, através do setor competente, que tome as providências necessárias no sentido de realizar a construção de um poço artesiano na cabeceira da comunidade Santa Terezinha, visando atender às necessidades dos moradores daquela localidade._x000D_
 A construção de um poço artesiano na região contribuirá significativamente para a melhoria da qualidade de vida das famílias.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>34</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1008/indicacao_n034-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente que tome as providências necessárias sejam tomadas as providências necessárias visando à realização de pavimentação poliédrica na estrada da Serra da Comunidade Roncador, especificamente no trecho compreendido entre a propriedade do senhor Valdecir dos Santos até a residência do senhor Vilson._x000D_
 A presente solicitação atende a uma demanda da comunidade local, que enfrenta dificuldades de mobilidade, especialmente em períodos de chuva, devido às más condições da via.</t>
   </si>
   <si>
     <t>1009</t>
-  </si>
-[...1 lines deleted...]
-    <t>35</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1009/indicacao_n035-2025.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente que sejam tomadas as providências necessárias visando à trazer curso de operador de trator._x000D_
 A presente indicação visa promover a capacitação técnica da população local, das associações, e agricultores, ampliando as oportunidades de emprego e renda, especialmente em áreas de vocação agrícola ou de atuação em obras e serviços que demandam operadores de máquinas pesadas. _x000D_
 A formação de profissionais qualificados contribui significativamente para o desenvolvimento econômico e social do município, garantindo mão de obra especializada, segura e preparada para o mercado de trabalho._x000D_
 O curso pode atender a uma demanda crescente do setor agropecuário e de infraestrutura, ao mesmo tempo em que proporciona aos moradores uma oportunidade concreta de qualificação profissional gratuita.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>36</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1010/indicacao_n036-2025.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente que sejam tomadas as providências necessárias visando ao levantamento da ponte localizada na comunidade do Tancredo Benghi._x000D_
 Tal solicitação se justifica devido ao fato de que, sempre que ocorrem chuvas mais intensas, a água ultrapassa o nível atual da ponte, tornando o local intransitável e perigoso para moradores, pedestres e veículos de passeio e escolares. O acúmulo de água não apenas interrompe o tráfego, como também representa risco de acidentes e prejuízos à população que depende da via para deslocamento diário. Pedimos que  somente após essa intervenção é que o asfaltamento deve ser realizado, garantindo durabilidade e funcionalidade à obra e evitara danos e prejuízo ao próprio asfalto_x000D_
 O levantamento da ponte possibilitará maior escoamento das águas pluviais, garantindo mais segurança e mobilidade para todos.</t>
   </si>
   <si>
     <t>1011</t>
-  </si>
-[...1 lines deleted...]
-    <t>37</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1011/indicacao_n037-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente que sejam tomadas as providências necessárias, no sentido da construção de uma rampa de acesso e o alargamento do portão de entrada no colégio da comunidade do Barra grande. _x000D_
 A presente indicação tem por objetivo garantir melhor acessibilidade aos alunos, pais, servidores, visitantes com mobilidade reduzida e também para carga e descarga de materiais e alimentos, promovendo inclusão e segurança no ambiente escolar. A ausência de rampa dificulta o acesso, principalmente para cadeirantes e pessoas com dificuldades de locomoção._x000D_
 Além disso, o portão atual possui dimensão limitada, o que gera aglomeração nos horários de entrada e saída dos alunos, prejudicando a fluidez e comprometendo a segurança. O alargamento do portão contribuirá para um fluxo mais organizado e seguro._x000D_
 Tais melhorias são simples, porém de grande impacto para a comunidade escolar, e reforçam o compromisso com a acessibilidade e a segurança no ambiente educacional.</t>
   </si>
   <si>
     <t>1013</t>
-  </si>
-[...1 lines deleted...]
-    <t>38</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1013/indicacao_n038-2025.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente que tome as providências necessárias visando à contratação de um Educador de Físico de Pilates para os idosos do município.  _x000D_
 A presente indicação tem como objetivo a contratação de um Educador Físico, profissional que atua com excelência na área de Pilates, promovendo saúde, bem-estar e qualidade de vida aos idosos e o restante da população de Manfrinópolis, que tem como contribuição significativamente para a prevenção de doenças, reabilitação física e fortalecimento da consciência corporal de seus alunos, com atenção individualizada, respeito aos limites físicos e promoção de um estilo de vida mais saudável. Além de seu conhecimento técnico e dedicação, o profissional também se destaca pelo relacionamento próximo com a comunidade, atendendo diferentes faixas etárias e necessidades específicas, sempre com ética, empatia e profissionalismo.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Altair Panzera, Manoel Vanderlei Lopes</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1019/indicacao_n039-2025.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente à Instalar um sistema automático de monitoramento do nível dos rios, com emissão de alertas em tempo real para autoridades competentes e comunidades ribeirinhas, com o objetivo de reduzir danos materiais e preservar vidas em situações de enchente ou elevação crítica dos cursos d'água. _x000D_
 O sistema será composto por:_x000D_
 Estação fluviométrica automática, com sensor de nível e transmissão de dados (via GPRS, satélite ou LoRa);_x000D_
 Painel de alerta local (sinal sonoro e visual) para avisos imediatos à população;_x000D_
@@ -1554,50 +1620,179 @@
     <t>1070</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1070/indicacao_n083-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, na forma regimental, vem muito respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, a necessidade de construção de um campo de areia no município. A implantação de um campo de areia proporcionará à cidade um espaço adequado para a prática de esportes como futebol, vôlei e demais atividades recreativas, incentivando o lazer, a integração social e a qualidade de vida da população. Além disso, é uma opção de baixo custo de manutenção e que atende diferentes faixas etárias.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1072/indicacao_n084-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, na forma regimental, vem muito respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, a necessidade da perfuração de um poço artesiano nas proximidades da propriedade da Srª Juracy Stefanello._x000D_
 A presente indicação se faz necessária diante da demanda da comunidade local, que enfrenta dificuldades no acesso à água potável. A obra garantirá melhores condições de vida e segurança hídrica às famílias da região.</t>
   </si>
   <si>
+    <t>1077</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1077/indicacao_n085-2025.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a presente subscreve, na forma regimental, vem muito respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, a necessidade da implantação de um Viveiro Municipal de Frutíferas._x000D_
+A presente indicação se faz necessária tendo em vista os benefícios que a criação de um viveiro trará para a comunidade, possibilitando a distribuição de mudas de frutas, incentivo à agricultura familiar, ao reflorestamento de áreas degradadas e à diversificação da produção local. Além disso, o viveiro poderá servir como espaço educativo e de conscientização ambiental, fomentando práticas sustentáveis e fortalecendo a segurança alimentar no município.</t>
+  </si>
+  <si>
+    <t>1078</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>Marcos Antônio Francisconi, Nereu Correa Becker</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1078/indicacao_n086-2025.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores que a presente subscrevem, na forma regimental, vem muito respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, necessidade de realizar a troca da cobertura do Pavilhão da Comunidade de Santa Luzia, espaço este utilizado para atividades voltadas à saúde, atividades dos idosos, além de servir de ponto de encontro e eventos para toda a comunidade em geral._x000D_
+A obra de cobertura é de grande relevância, pois proporcionará melhores condições de utilização do espaço, oferecendo mais segurança, conforto e proteção contra intempéries climáticas, garantindo assim a continuidade e a ampliação das ações de saúde, lazer e integração comunitária que ali são desenvolvidas.</t>
+  </si>
+  <si>
+    <t>1079</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>Altair Panzera, José João Machado Filho</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1079/indicacao_n087-2025.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores que a presente subscrevem, na forma regimental, vem muito respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, a necessidade de realizar a pavimentação da Rua Perimetral Aníbal Khury._x000D_
+A referida via é de grande importância para a mobilidade urbana, pois é utilizada diariamente por moradores, trabalhadores e veículos que transitam pela região. Atualmente, a falta de pavimentação causa transtornos, especialmente em dias de chuva, com lama e buracos, além da poeira constante em dias de sol, prejudicando a qualidade de vida da população. A pavimentação da Rua Perimetral Aníbal Khury trará inúmeros benefícios, como maior segurança no trânsito, valorização dos imóveis, melhor trafegabilidade e qualidade de vida aos munícipes.</t>
+  </si>
+  <si>
+    <t>1080</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1080/indicacao_n088-2025.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores que a presente subscrevem, na forma regimental, vem muito respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, a necessidade da aquisição de um distribuidor de adubo e de uma concha para trator, destinados à Associação da Comunidade de Santa Luzia._x000D_
+A solicitação tem como objetivo auxiliar diretamente nas atividades voltadas à agricultura, fortalecendo o trabalho dos produtores rurais da comunidade e proporcionando mais eficiência no preparo e manejo do solo, resultando em maior produtividade e desenvolvimento econômico local.</t>
+  </si>
+  <si>
+    <t>1081</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>Altair Panzera, Marcos Antônio Francisconi</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1081/indicacao_n089-2025.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores que a presente subscrevem, na forma regimental, vem muito respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, a necessidade da iluminação total do Lago Municipal. _x000D_
+A presente indicação se faz necessária tendo em vista que a instalação de iluminação adequada em todo o entorno do Lago Municipal trará mais segurança à população que utiliza o espaço para caminhadas e lazer no período noturno, além de contribuir significativamente para a prevenção de atos de vandalismo e danos ao patrimônio público. Essa ação promoverá um ambiente mais seguro, agradável e convidativo para a comunidade, incentivando o uso responsável do espaço público e fortalecendo o convívio social.</t>
+  </si>
+  <si>
+    <t>1083</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1083/indicacao_n090-2025.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores que a presente subscrevem, na forma regimental, vem muito respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, estude a possibilidade de organizar e estruturar uma Casa de Artesanato no município, destinada à exposição e comercialização de produtos confeccionados por artesãos locais._x000D_
+A proposta tem como objetivo valorizar o trabalho artesanal, oferecendo um espaço adequado para que os artesãos possam expor e vender seus produtos de forma contínua, seja durante toda a semana ou em dias determinados. Além disso, o local poderá futuramente tornar-se um ponto de referência cultural e turístico, contribuindo para o fortalecimento da economia local e incentivando o turismo.</t>
+  </si>
+  <si>
+    <t>1085</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>José João Machado Filho, Marcos Antônio Francisconi</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1085/indicacao_n091-2025_.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores que a presente subscrevem, na forma regimental, vem muito respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, a necessidade de instalação de um ponto de ônibus escolar nas proximidades da propriedade do Senhor José Lima, localizada na Linha 3 de Maio._x000D_
+A solicitação tem por objetivo atender à necessidade das crianças que utilizam o transporte escolar, garantindo um local adequado, seguro e de fácil acesso para embarque e desembarque.</t>
+  </si>
+  <si>
+    <t>1088</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1088/indicacao_n092-2025.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores que a presente subscrevem, na forma regimental, vem muito respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, que estude a viabilidade de autorizar o uso da Casa dos Idosos da comunidade de Barra Grande também como Casa Mortuária, atendendo às necessidades da população local._x000D_
+A comunidade de Barra Grande não dispõe de um espaço adequado para a realização de velórios, o que causa transtornos e deslocamentos para outras localidades. Considerando que a Casa dos Idosos possui estrutura apropriada, com espaço coberto e instalações que podem ser adaptadas, a utilização do local como Casa Mortuária proporcionará mais conforto e dignidade às famílias enlutadas.</t>
+  </si>
+  <si>
+    <t>1089</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1089/indicacao_n093-2025_.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora que a presente subscrevem, na forma regimental, vêm muito respeitosamente à presença de Vossa Excelência INDICAR ao Executivo Municipal a que sejam adotadas as providências necessárias para a pavimentação das vias da comunidade de Santo Antônio._x000D_
+A referida comunidade enfrenta dificuldades de deslocamento, especialmente em períodos de chuva, quando o tráfego fica prejudicado, afetando o transporte de moradores, estudantes, trabalhadores, bem como o escoamento da produção local. A pavimentação trará melhorias significativas na qualidade de vida, segurança, mobilidade urbana e desenvolvimento da região.</t>
+  </si>
+  <si>
     <t>959</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/959/proposicao_legislativa_de_resolucao_n001-2025_do_poder_legislativo.pdf</t>
   </si>
   <si>
     <t>Altera-se o Regimento Interno (Resolução nº04/2018) da Câmara de Manfrinópolis/PR e dá outras providências.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/975/resolucao_002-2025_-_aprova_contas_2022.docx</t>
   </si>
   <si>
     <t>SÚMULA: DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DO EXECUTIVO MUNICIPAL DE MANFRINÓPOLIS, REFERENTES AO EXERCÍCIO FINANCEIRO DE 2022.</t>
   </si>
   <si>
     <t>976</t>
@@ -1630,50 +1825,61 @@
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/978/requerimento_n002-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, nos termos legais regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, estado do Paraná, que tomem as seguintes providências. _x000D_
 Delibere juntamente ao Plenário para a justificativa de falta do Vereador Requerente, por estar em viagem a Brasília onde esteve presente no Gabinete do Deputado Federal Vermelho, tratando de assuntos de interesses do Município, assim não pode se fazer presente, a Sessão Ordinária do dia 10 de março de 2025.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/988/requerimento_n003-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, estado do Paraná, que tomem as seguintes providências. _x000D_
 Delibere juntamente ao Plenário para a justificativa de falta do Vereador Requerente, por estar doente, o mesmo apresentou atestado médico, assim não pode se fazer presente, a Sessão Ordinária do dia 24 de março de 2025.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/990/requerimento_no_004-_mocao_de_apoio_n001-2025.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO N°001/2025 - À CRIAÇÃO DO COMANDO REGIONAL DA POLÍCIA MILITAR DO SUDOESTE DO PARANÁ</t>
+  </si>
+  <si>
+    <t>1084</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1084/requerimento_n005-2025.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a presente subscreve, nos termos legais regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, estado do Paraná, que tomem as seguintes providências. _x000D_
+Delibere juntamente ao Plenário para a justificativa de falta do Vereador Requerente, por estar em viagem necessária para tratar de questões pessoais relacionadas à saúde, assim não pode se fazer presente, a Sessão Ordinária do dia 27 de outubro de 2025._x000D_
+Nestes termos pede-se deferimento.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/958/049-2025_-_camara_municipal_retirada_de_projeto_de_pauta.pdf</t>
   </si>
   <si>
     <t>Solicitar a retirada de pauta e devolução dos Projeto de lei abaixo relacionado, para realização de retificação e inclusões, se necessário for._x000D_
 _x000D_
 Projeto de Lei Ordinária nº. 007/2025: “Denomina logradouros públicos, existentes e previstos, do Município de Manfrinópolis – PR, na Sede Urbana e no Distrito de São Sebastião da Bela Vista, conforme mapas anexos à presente Lei.”</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/989/requerimento_no_004-_mocao_de_apoio_n001-2025.docx</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
@@ -2012,67 +2218,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/952/projeto_de_lei_no_02-2025_-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/953/projeto_de_lei_de_melhormanrto_genetico.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/954/projeto_de_lei_-_aluguel_social.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/955/projeto_de_lei_-_nomenclatura_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/960/projeto_de_lei__do_poder_executivo_-_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/961/projeto_de_lei_-_cria_o_conselho_municipal_de_esportes_-_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/969/projeto_de_lei_0_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/970/projeto_de_lei__-_pocos_arteseanos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/992/projeto_de_lei_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/993/projeto_de_lei_ordinaria_do_poder_executivo_-_autoriza_receber_em_doacao_fracao_de__imovel.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/994/projeto_de_lei_ordinaria_do_poder_executivo_-_regularizacao_de_ruas_-_chacara_25.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/995/projeto_chacara_26.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/996/projeto_de_lei_ordinario_-_regularizacao_viaria_-_chacara_27.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1002/03_-_legislativo_-_altera_plano_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1003/projeto_de_lei_ordinaria-_regularizacao_viaria_0_chacara_28.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1004/projeto_de_lei__-cria_o_conselho_da_mulher_e_fundo_dos_direitos_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1012/05-_legislativo_-_altera_projeto_acamsop.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1017/projeto_de_lei_cessao_de_uso_-_campo_barra_grande.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1018/projeto_de_lei__-__atualizacao_do_valor_das_diarias.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1024/04_-_legislativo_-_altera_lei_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1043/projeto_de_lei_ldo__com_anexos.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1044/projeto_de_lei__-_prorroga_vigencia_do_pme.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1051/projeto_de_lei_ordinaria_-_credito_especial_28072025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1052/projeto_de_lei_-__autoriza_a_receber_em_doacao_-_imovel_-_moradia_social_-_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1055/projeto_de_lei_que_altera_lei_157-2002.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1061/projeto_de_lei_altera_lei_180-2003_-_comsea_-_conselho_municipal_de_seguranca_alimentar_e_nutricional.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1062/projeto_de_lei_-__funcao_comissionada_agente_de_contratacao_altera_lei_804.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1063/projeto_de_lei_no____-_credito_especial_-_agosto_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1065/projeto_de_lei_ordinaria_-_criacao_de_feira.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1071/projeto_de_lei__-_cria_fundo_municipal_do_turismo_e_comissao_muniicpal_do_turismo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/946/emenda_-_projeto_de_lei_ordinaria_02_-.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/968/emenda.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/971/emenda_modificativa_003-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/947/indicacao_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/948/indicacao_n002-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/949/indicacao_n003-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/950/indicacao_n004-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/956/indicacao_n006-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/957/indicacao_n007-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/962/indicacao_n008-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/963/indicacao_n009-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/964/indicacao_n010-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/965/indicacao_n011-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/966/indicacao_n012-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/972/indicacao_n013-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/973/indicacao_n014-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/977/indicacao_n015-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/974/indicacao_n016-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/979/indicacao_n017-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/980/indicacao_n018-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/981/indicacao_n019-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/982/indicacao_n020-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/983/indicacao_n021-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/984/indicacao_n022-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/985/indicacao_n023-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/986/indicacao_n024-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/987/indicacao_n025-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/991/indicacao_n026-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/997/indicacao_n027-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/998/indicacao_n028-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/999/indicacao_n029-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1000/indicacao_n030-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1005/indicacao_n031-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1006/indicacao_n032-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1007/indicacao_n033-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1008/indicacao_n034-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1009/indicacao_n035-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1010/indicacao_n036-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1011/indicacao_n037-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1013/indicacao_n038-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1019/indicacao_n039-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1014/indicacao_n040-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1015/indicacao_n041-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1016/indicacao_n042-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1020/indicacao_n043-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1021/indicacao_n044-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1022/indicacao_n045-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1023/indicacao_n046-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1025/indicacao_n047-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/indicacao_n048-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1026/indicacao_n049-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1028/indicacao_n050-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/indicacao_n051-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1030/indicacao_n052-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/indicacao_n053-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/indicacao_n054-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/indicacao_n055-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1035/indicacao_n056-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/indicacao_n057-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1036/indicacao_n058-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/indicacao_n059-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1038/indicacao_n060-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1039/indicacao_n061-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1040/indicacao_n062-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1041/indicacao_n063-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1042/indicacao_n064-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1045/indicacao_n065-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1046/indicacao_n066-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1047/indicacao_n067-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1048/indicacao_n068-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1049/indicacao_n069-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1050/indicacao_n070-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1053/indicacao_n071-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1054/indicacao_n072-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1056/indicacao_n073-2025_.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1057/indicacao_n074-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1058/indicacao_n075-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1064/indicacao_n076-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1059/indicacao_n077-2025_.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1060/indicacao_n078-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1066/indicacao_n079-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1067/indicacao_n080-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1068/indicacao_n081-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1069/indicacao_n082-2025_.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1070/indicacao_n083-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1072/indicacao_n084-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/959/proposicao_legislativa_de_resolucao_n001-2025_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/975/resolucao_002-2025_-_aprova_contas_2022.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/976/resolucao_003-2025_-_aprova_contas_2023.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/967/requerimento_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/978/requerimento_n002-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/988/requerimento_n003-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/990/requerimento_no_004-_mocao_de_apoio_n001-2025.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/958/049-2025_-_camara_municipal_retirada_de_projeto_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/989/requerimento_no_004-_mocao_de_apoio_n001-2025.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1001/oficio_n84-2025-_encaminha_prestacao_de_contas_do_ano_de_2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/952/projeto_de_lei_no_02-2025_-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/953/projeto_de_lei_de_melhormanrto_genetico.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/954/projeto_de_lei_-_aluguel_social.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/955/projeto_de_lei_-_nomenclatura_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/960/projeto_de_lei__do_poder_executivo_-_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/961/projeto_de_lei_-_cria_o_conselho_municipal_de_esportes_-_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/969/projeto_de_lei_0_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/970/projeto_de_lei__-_pocos_arteseanos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/992/projeto_de_lei_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/993/projeto_de_lei_ordinaria_do_poder_executivo_-_autoriza_receber_em_doacao_fracao_de__imovel.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/994/projeto_de_lei_ordinaria_do_poder_executivo_-_regularizacao_de_ruas_-_chacara_25.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/995/projeto_chacara_26.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/996/projeto_de_lei_ordinario_-_regularizacao_viaria_-_chacara_27.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1002/03_-_legislativo_-_altera_plano_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1003/projeto_de_lei_ordinaria-_regularizacao_viaria_0_chacara_28.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1004/projeto_de_lei__-cria_o_conselho_da_mulher_e_fundo_dos_direitos_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1012/05-_legislativo_-_altera_projeto_acamsop.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1017/projeto_de_lei_cessao_de_uso_-_campo_barra_grande.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1018/projeto_de_lei__-__atualizacao_do_valor_das_diarias.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1024/04_-_legislativo_-_altera_lei_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1043/projeto_de_lei_ldo__com_anexos.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1044/projeto_de_lei__-_prorroga_vigencia_do_pme.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1051/projeto_de_lei_ordinaria_-_credito_especial_28072025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1052/projeto_de_lei_-__autoriza_a_receber_em_doacao_-_imovel_-_moradia_social_-_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1055/projeto_de_lei_que_altera_lei_157-2002.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1061/projeto_de_lei_altera_lei_180-2003_-_comsea_-_conselho_municipal_de_seguranca_alimentar_e_nutricional.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1062/projeto_de_lei_-__funcao_comissionada_agente_de_contratacao_altera_lei_804.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1063/projeto_de_lei_no____-_credito_especial_-_agosto_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1065/projeto_de_lei_ordinaria_-_criacao_de_feira.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1071/projeto_de_lei__-_cria_fundo_municipal_do_turismo_e_comissao_muniicpal_do_turismo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1073/projeto_de_lei_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1074/projeto_de_lei_-ppa_2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1076/projeto_de_lei_ordinaria_-_cispar_-_01.10.2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1082/projeto_de_lei_-_autoriza_pagamento_de_premiacao_a_participantes_do_festival_municipal_e_nacional_da_cancao_de_manfrinopolis__-.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1086/projeto_de_lei_contratacao_temporaria_.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/946/emenda_-_projeto_de_lei_ordinaria_02_-.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/968/emenda.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/971/emenda_modificativa_003-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1075/emenda_modificativa_projeto_lei_ordinaria_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1087/emenda_modificativa_005-2025__ao_projeto_de_lei_037-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/947/indicacao_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/948/indicacao_n002-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/949/indicacao_n003-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/950/indicacao_n004-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/956/indicacao_n006-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/957/indicacao_n007-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/962/indicacao_n008-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/963/indicacao_n009-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/964/indicacao_n010-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/965/indicacao_n011-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/966/indicacao_n012-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/972/indicacao_n013-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/973/indicacao_n014-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/977/indicacao_n015-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/974/indicacao_n016-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/979/indicacao_n017-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/980/indicacao_n018-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/981/indicacao_n019-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/982/indicacao_n020-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/983/indicacao_n021-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/984/indicacao_n022-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/985/indicacao_n023-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/986/indicacao_n024-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/987/indicacao_n025-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/991/indicacao_n026-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/997/indicacao_n027-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/998/indicacao_n028-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/999/indicacao_n029-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1000/indicacao_n030-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1005/indicacao_n031-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1006/indicacao_n032-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1007/indicacao_n033-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1008/indicacao_n034-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1009/indicacao_n035-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1010/indicacao_n036-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1011/indicacao_n037-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1013/indicacao_n038-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1019/indicacao_n039-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1014/indicacao_n040-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1015/indicacao_n041-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1016/indicacao_n042-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1020/indicacao_n043-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1021/indicacao_n044-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1022/indicacao_n045-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1023/indicacao_n046-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1025/indicacao_n047-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/indicacao_n048-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1026/indicacao_n049-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1028/indicacao_n050-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/indicacao_n051-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1030/indicacao_n052-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/indicacao_n053-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/indicacao_n054-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/indicacao_n055-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1035/indicacao_n056-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/indicacao_n057-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1036/indicacao_n058-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/indicacao_n059-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1038/indicacao_n060-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1039/indicacao_n061-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1040/indicacao_n062-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1041/indicacao_n063-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1042/indicacao_n064-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1045/indicacao_n065-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1046/indicacao_n066-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1047/indicacao_n067-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1048/indicacao_n068-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1049/indicacao_n069-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1050/indicacao_n070-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1053/indicacao_n071-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1054/indicacao_n072-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1056/indicacao_n073-2025_.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1057/indicacao_n074-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1058/indicacao_n075-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1064/indicacao_n076-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1059/indicacao_n077-2025_.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1060/indicacao_n078-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1066/indicacao_n079-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1067/indicacao_n080-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1068/indicacao_n081-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1069/indicacao_n082-2025_.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1070/indicacao_n083-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1072/indicacao_n084-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1077/indicacao_n085-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1078/indicacao_n086-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1079/indicacao_n087-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1080/indicacao_n088-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1081/indicacao_n089-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1083/indicacao_n090-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1085/indicacao_n091-2025_.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1088/indicacao_n092-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1089/indicacao_n093-2025_.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/959/proposicao_legislativa_de_resolucao_n001-2025_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/975/resolucao_002-2025_-_aprova_contas_2022.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/976/resolucao_003-2025_-_aprova_contas_2023.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/967/requerimento_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/978/requerimento_n002-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/988/requerimento_n003-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/990/requerimento_no_004-_mocao_de_apoio_n001-2025.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1084/requerimento_n005-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/958/049-2025_-_camara_municipal_retirada_de_projeto_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/989/requerimento_no_004-_mocao_de_apoio_n001-2025.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1001/oficio_n84-2025-_encaminha_prestacao_de_contas_do_ano_de_2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H128"/>
+  <dimension ref="A1:H145"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="184.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="177.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="203.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -2849,2559 +3055,3001 @@
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>129</v>
       </c>
       <c r="H31" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>131</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>132</v>
       </c>
       <c r="D32" t="s">
-        <v>133</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>134</v>
+        <v>12</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="H32" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="D33" t="s">
-        <v>133</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>134</v>
+        <v>12</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="H33" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>139</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>140</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="B34" t="s">
-[...2 lines deleted...]
-      <c r="C34" t="s">
+      <c r="H34" t="s">
         <v>142</v>
-      </c>
-[...13 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>143</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>144</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="H35" t="s">
         <v>146</v>
-      </c>
-[...19 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="D36" t="s">
-        <v>147</v>
+        <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>148</v>
+        <v>12</v>
       </c>
       <c r="F36" t="s">
-        <v>153</v>
+        <v>13</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="H36" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>151</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>152</v>
+      </c>
+      <c r="D37" t="s">
+        <v>153</v>
+      </c>
+      <c r="E37" t="s">
+        <v>154</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="H37" t="s">
         <v>156</v>
-      </c>
-[...19 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>157</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>158</v>
+      </c>
+      <c r="D38" t="s">
+        <v>153</v>
+      </c>
+      <c r="E38" t="s">
+        <v>154</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="H38" t="s">
         <v>160</v>
-      </c>
-[...19 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>161</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>162</v>
+      </c>
+      <c r="D39" t="s">
+        <v>153</v>
+      </c>
+      <c r="E39" t="s">
+        <v>154</v>
+      </c>
+      <c r="F39" t="s">
         <v>163</v>
       </c>
-      <c r="B39" t="s">
-[...11 lines deleted...]
-      <c r="F39" t="s">
+      <c r="G39" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="G39" s="1" t="s">
+      <c r="H39" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>166</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>10</v>
+      </c>
+      <c r="D40" t="s">
+        <v>153</v>
+      </c>
+      <c r="E40" t="s">
+        <v>154</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="B40" t="s">
-[...11 lines deleted...]
-      <c r="F40" t="s">
+      <c r="H40" t="s">
         <v>168</v>
-      </c>
-[...4 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>169</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>17</v>
+      </c>
+      <c r="D41" t="s">
+        <v>153</v>
+      </c>
+      <c r="E41" t="s">
+        <v>154</v>
+      </c>
+      <c r="F41" t="s">
+        <v>170</v>
+      </c>
+      <c r="G41" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="B41" t="s">
-[...14 lines deleted...]
-      <c r="G41" s="1" t="s">
+      <c r="H41" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>29</v>
+        <v>152</v>
       </c>
       <c r="D42" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E42" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F42" t="s">
-        <v>157</v>
+        <v>176</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="H42" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>33</v>
+        <v>158</v>
       </c>
       <c r="D43" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E43" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F43" t="s">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="H43" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>37</v>
+        <v>162</v>
       </c>
       <c r="D44" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E44" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F44" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="H44" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>187</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>10</v>
+      </c>
+      <c r="D45" t="s">
+        <v>174</v>
+      </c>
+      <c r="E45" t="s">
+        <v>175</v>
+      </c>
+      <c r="F45" t="s">
         <v>184</v>
       </c>
-      <c r="B45" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G45" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="H45" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="D46" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E46" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F46" t="s">
-        <v>153</v>
+        <v>191</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="H46" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="D47" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E47" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F47" t="s">
-        <v>143</v>
+        <v>195</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="H47" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="D48" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E48" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F48" t="s">
-        <v>149</v>
+        <v>176</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="H48" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="D49" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E49" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F49" t="s">
-        <v>198</v>
+        <v>184</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="H49" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>61</v>
+        <v>33</v>
       </c>
       <c r="D50" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E50" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F50" t="s">
-        <v>202</v>
+        <v>195</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="H50" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="D51" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E51" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F51" t="s">
-        <v>157</v>
+        <v>208</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="H51" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
       <c r="D52" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E52" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F52" t="s">
-        <v>157</v>
+        <v>212</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="H52" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>74</v>
+        <v>45</v>
       </c>
       <c r="D53" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E53" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F53" t="s">
-        <v>211</v>
+        <v>180</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="H53" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>78</v>
+        <v>49</v>
       </c>
       <c r="D54" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E54" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F54" t="s">
-        <v>149</v>
+        <v>163</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="H54" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>82</v>
+        <v>53</v>
       </c>
       <c r="D55" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E55" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F55" t="s">
-        <v>164</v>
+        <v>176</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="H55" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>86</v>
+        <v>57</v>
       </c>
       <c r="D56" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E56" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F56" t="s">
-        <v>153</v>
+        <v>225</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="H56" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>90</v>
+        <v>61</v>
       </c>
       <c r="D57" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E57" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F57" t="s">
-        <v>153</v>
+        <v>229</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="H57" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
       <c r="D58" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E58" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F58" t="s">
-        <v>153</v>
+        <v>184</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="H58" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>98</v>
+        <v>70</v>
       </c>
       <c r="D59" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E59" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F59" t="s">
-        <v>202</v>
+        <v>184</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="H59" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>102</v>
+        <v>74</v>
       </c>
       <c r="D60" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E60" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F60" t="s">
-        <v>153</v>
+        <v>238</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="H60" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>105</v>
+        <v>78</v>
       </c>
       <c r="D61" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E61" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F61" t="s">
-        <v>185</v>
+        <v>176</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="H61" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>109</v>
+        <v>82</v>
       </c>
       <c r="D62" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E62" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F62" t="s">
-        <v>157</v>
+        <v>191</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="H62" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>113</v>
+        <v>86</v>
       </c>
       <c r="D63" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E63" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F63" t="s">
-        <v>157</v>
+        <v>180</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="H63" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>117</v>
+        <v>90</v>
       </c>
       <c r="D64" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E64" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F64" t="s">
-        <v>149</v>
+        <v>180</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="H64" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>121</v>
+        <v>94</v>
       </c>
       <c r="D65" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E65" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F65" t="s">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="H65" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>124</v>
+        <v>98</v>
       </c>
       <c r="D66" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E66" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F66" t="s">
-        <v>198</v>
+        <v>229</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="H66" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>128</v>
+        <v>102</v>
       </c>
       <c r="D67" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E67" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F67" t="s">
-        <v>211</v>
+        <v>180</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="H67" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>257</v>
+        <v>105</v>
       </c>
       <c r="D68" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E68" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F68" t="s">
-        <v>149</v>
+        <v>212</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="H68" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>261</v>
+        <v>109</v>
       </c>
       <c r="D69" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E69" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F69" t="s">
-        <v>153</v>
+        <v>184</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="H69" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>265</v>
+        <v>113</v>
       </c>
       <c r="D70" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E70" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F70" t="s">
-        <v>153</v>
+        <v>184</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="H70" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>269</v>
+        <v>117</v>
       </c>
       <c r="D71" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E71" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F71" t="s">
-        <v>143</v>
+        <v>176</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="H71" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>273</v>
+        <v>121</v>
       </c>
       <c r="D72" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E72" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F72" t="s">
-        <v>168</v>
+        <v>195</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="H72" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>277</v>
+        <v>124</v>
       </c>
       <c r="D73" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E73" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F73" t="s">
+        <v>225</v>
+      </c>
+      <c r="G73" s="1" t="s">
         <v>278</v>
       </c>
-      <c r="G73" s="1" t="s">
+      <c r="H73" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>280</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>128</v>
+      </c>
+      <c r="D74" t="s">
+        <v>174</v>
+      </c>
+      <c r="E74" t="s">
+        <v>175</v>
+      </c>
+      <c r="F74" t="s">
+        <v>238</v>
+      </c>
+      <c r="G74" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="B74" t="s">
-[...2 lines deleted...]
-      <c r="C74" t="s">
+      <c r="H74" t="s">
         <v>282</v>
-      </c>
-[...13 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>283</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>132</v>
+      </c>
+      <c r="D75" t="s">
+        <v>174</v>
+      </c>
+      <c r="E75" t="s">
+        <v>175</v>
+      </c>
+      <c r="F75" t="s">
+        <v>176</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="H75" t="s">
         <v>285</v>
-      </c>
-[...19 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>290</v>
+        <v>136</v>
       </c>
       <c r="D76" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E76" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F76" t="s">
-        <v>153</v>
+        <v>180</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="H76" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>294</v>
+        <v>140</v>
       </c>
       <c r="D77" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E77" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F77" t="s">
-        <v>198</v>
+        <v>180</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="H77" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>298</v>
+        <v>144</v>
       </c>
       <c r="D78" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E78" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F78" t="s">
-        <v>149</v>
+        <v>163</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="H78" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>302</v>
+        <v>148</v>
       </c>
       <c r="D79" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E79" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F79" t="s">
-        <v>164</v>
+        <v>195</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="H79" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>306</v>
+        <v>299</v>
       </c>
       <c r="D80" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E80" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F80" t="s">
-        <v>153</v>
+        <v>300</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="H80" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="D81" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E81" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F81" t="s">
-        <v>211</v>
+        <v>225</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="H81" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="D82" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E82" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F82" t="s">
-        <v>164</v>
+        <v>176</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="H82" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="D83" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E83" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F83" t="s">
-        <v>153</v>
+        <v>180</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="H83" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="D84" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E84" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F84" t="s">
-        <v>168</v>
+        <v>225</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>323</v>
+        <v>317</v>
       </c>
       <c r="H84" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="D85" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E85" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F85" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="H85" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="D86" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E86" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F86" t="s">
-        <v>149</v>
+        <v>191</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
       <c r="H86" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="D87" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E87" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F87" t="s">
-        <v>153</v>
+        <v>180</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="H87" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="D88" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E88" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F88" t="s">
-        <v>198</v>
+        <v>238</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="H88" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="D89" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E89" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F89" t="s">
-        <v>278</v>
+        <v>191</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="H89" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="D90" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E90" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F90" t="s">
-        <v>164</v>
+        <v>180</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="H90" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="D91" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E91" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F91" t="s">
-        <v>153</v>
+        <v>195</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
       <c r="H91" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="D92" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E92" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F92" t="s">
-        <v>153</v>
+        <v>195</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="H92" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>357</v>
+        <v>351</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>358</v>
+        <v>352</v>
       </c>
       <c r="D93" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E93" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F93" t="s">
-        <v>202</v>
+        <v>176</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>359</v>
+        <v>353</v>
       </c>
       <c r="H93" t="s">
-        <v>360</v>
+        <v>354</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>361</v>
+        <v>355</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="D94" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E94" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F94" t="s">
-        <v>164</v>
+        <v>180</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>363</v>
+        <v>357</v>
       </c>
       <c r="H94" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="D95" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E95" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F95" t="s">
-        <v>168</v>
+        <v>225</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>367</v>
+        <v>361</v>
       </c>
       <c r="H95" t="s">
-        <v>368</v>
+        <v>362</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>369</v>
+        <v>363</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>370</v>
+        <v>364</v>
       </c>
       <c r="D96" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E96" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F96" t="s">
-        <v>371</v>
+        <v>300</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
       <c r="H96" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="D97" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E97" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F97" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="H97" t="s">
-        <v>377</v>
+        <v>370</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
       <c r="D98" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E98" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F98" t="s">
-        <v>153</v>
+        <v>180</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>380</v>
+        <v>373</v>
       </c>
       <c r="H98" t="s">
-        <v>381</v>
+        <v>374</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>382</v>
+        <v>375</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>383</v>
+        <v>376</v>
       </c>
       <c r="D99" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E99" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F99" t="s">
-        <v>384</v>
+        <v>180</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="H99" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="D100" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E100" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F100" t="s">
-        <v>153</v>
+        <v>229</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="H100" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>391</v>
+        <v>383</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>392</v>
+        <v>384</v>
       </c>
       <c r="D101" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E101" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F101" t="s">
-        <v>393</v>
+        <v>191</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>394</v>
+        <v>385</v>
       </c>
       <c r="H101" t="s">
-        <v>395</v>
+        <v>386</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>396</v>
+        <v>387</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>397</v>
+        <v>388</v>
       </c>
       <c r="D102" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E102" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F102" t="s">
-        <v>157</v>
+        <v>195</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>398</v>
+        <v>389</v>
       </c>
       <c r="H102" t="s">
-        <v>399</v>
+        <v>390</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>400</v>
+        <v>391</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>401</v>
+        <v>392</v>
       </c>
       <c r="D103" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E103" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F103" t="s">
-        <v>198</v>
+        <v>393</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>402</v>
+        <v>394</v>
       </c>
       <c r="H103" t="s">
-        <v>403</v>
+        <v>395</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>404</v>
+        <v>396</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>405</v>
+        <v>397</v>
       </c>
       <c r="D104" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E104" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F104" t="s">
-        <v>153</v>
+        <v>225</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>406</v>
+        <v>398</v>
       </c>
       <c r="H104" t="s">
-        <v>407</v>
+        <v>399</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>408</v>
+        <v>400</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>409</v>
+        <v>401</v>
       </c>
       <c r="D105" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E105" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F105" t="s">
-        <v>164</v>
+        <v>180</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="H105" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>412</v>
+        <v>404</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>413</v>
+        <v>405</v>
       </c>
       <c r="D106" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E106" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F106" t="s">
-        <v>164</v>
+        <v>406</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>414</v>
+        <v>407</v>
       </c>
       <c r="H106" t="s">
-        <v>415</v>
+        <v>408</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>416</v>
+        <v>409</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>417</v>
+        <v>410</v>
       </c>
       <c r="D107" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E107" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F107" t="s">
-        <v>202</v>
+        <v>180</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>418</v>
+        <v>411</v>
       </c>
       <c r="H107" t="s">
-        <v>419</v>
+        <v>412</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>420</v>
+        <v>413</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>421</v>
+        <v>414</v>
       </c>
       <c r="D108" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E108" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F108" t="s">
-        <v>422</v>
+        <v>415</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>423</v>
+        <v>416</v>
       </c>
       <c r="H108" t="s">
-        <v>424</v>
+        <v>417</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>425</v>
+        <v>418</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>426</v>
+        <v>419</v>
       </c>
       <c r="D109" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E109" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F109" t="s">
-        <v>202</v>
+        <v>184</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>427</v>
+        <v>420</v>
       </c>
       <c r="H109" t="s">
-        <v>428</v>
+        <v>421</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>429</v>
+        <v>422</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>430</v>
+        <v>423</v>
       </c>
       <c r="D110" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E110" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F110" t="s">
-        <v>198</v>
+        <v>225</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>431</v>
+        <v>424</v>
       </c>
       <c r="H110" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>433</v>
+        <v>426</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>434</v>
+        <v>427</v>
       </c>
       <c r="D111" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E111" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F111" t="s">
-        <v>153</v>
+        <v>180</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>435</v>
+        <v>428</v>
       </c>
       <c r="H111" t="s">
-        <v>436</v>
+        <v>429</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>438</v>
+        <v>431</v>
       </c>
       <c r="D112" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E112" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F112" t="s">
-        <v>278</v>
+        <v>191</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>439</v>
+        <v>432</v>
       </c>
       <c r="H112" t="s">
-        <v>440</v>
+        <v>433</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>441</v>
+        <v>434</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>442</v>
+        <v>435</v>
       </c>
       <c r="D113" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E113" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F113" t="s">
-        <v>153</v>
+        <v>191</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>443</v>
+        <v>436</v>
       </c>
       <c r="H113" t="s">
-        <v>444</v>
+        <v>437</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>445</v>
+        <v>438</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>446</v>
+        <v>439</v>
       </c>
       <c r="D114" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E114" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F114" t="s">
-        <v>198</v>
+        <v>229</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>447</v>
+        <v>440</v>
       </c>
       <c r="H114" t="s">
-        <v>448</v>
+        <v>441</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>449</v>
+        <v>442</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>450</v>
+        <v>443</v>
       </c>
       <c r="D115" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E115" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F115" t="s">
-        <v>164</v>
+        <v>444</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="H115" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>453</v>
+        <v>447</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>454</v>
+        <v>448</v>
       </c>
       <c r="D116" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E116" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F116" t="s">
-        <v>455</v>
+        <v>229</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>456</v>
+        <v>449</v>
       </c>
       <c r="H116" t="s">
-        <v>457</v>
+        <v>450</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>458</v>
+        <v>451</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>459</v>
+        <v>452</v>
       </c>
       <c r="D117" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E117" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F117" t="s">
-        <v>164</v>
+        <v>225</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>460</v>
+        <v>453</v>
       </c>
       <c r="H117" t="s">
-        <v>461</v>
+        <v>454</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>462</v>
+        <v>455</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>463</v>
+        <v>456</v>
       </c>
       <c r="D118" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="E118" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F118" t="s">
-        <v>157</v>
+        <v>180</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="H118" t="s">
-        <v>465</v>
+        <v>458</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>466</v>
+        <v>459</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>132</v>
+        <v>460</v>
       </c>
       <c r="D119" t="s">
-        <v>467</v>
+        <v>174</v>
       </c>
       <c r="E119" t="s">
-        <v>468</v>
+        <v>175</v>
       </c>
       <c r="F119" t="s">
-        <v>149</v>
+        <v>300</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>469</v>
+        <v>461</v>
       </c>
       <c r="H119" t="s">
-        <v>470</v>
+        <v>462</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>471</v>
+        <v>463</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>138</v>
+        <v>464</v>
       </c>
       <c r="D120" t="s">
-        <v>467</v>
+        <v>174</v>
       </c>
       <c r="E120" t="s">
-        <v>468</v>
+        <v>175</v>
       </c>
       <c r="F120" t="s">
-        <v>164</v>
+        <v>180</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>472</v>
+        <v>465</v>
       </c>
       <c r="H120" t="s">
-        <v>473</v>
+        <v>466</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>474</v>
+        <v>467</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>142</v>
+        <v>468</v>
       </c>
       <c r="D121" t="s">
-        <v>467</v>
+        <v>174</v>
       </c>
       <c r="E121" t="s">
-        <v>468</v>
+        <v>175</v>
       </c>
       <c r="F121" t="s">
-        <v>164</v>
+        <v>225</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>475</v>
+        <v>469</v>
       </c>
       <c r="H121" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>132</v>
+        <v>472</v>
       </c>
       <c r="D122" t="s">
-        <v>478</v>
+        <v>174</v>
       </c>
       <c r="E122" t="s">
-        <v>479</v>
+        <v>175</v>
       </c>
       <c r="F122" t="s">
-        <v>157</v>
+        <v>191</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>480</v>
+        <v>473</v>
       </c>
       <c r="H122" t="s">
-        <v>481</v>
+        <v>474</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>482</v>
+        <v>475</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>138</v>
+        <v>476</v>
       </c>
       <c r="D123" t="s">
+        <v>174</v>
+      </c>
+      <c r="E123" t="s">
+        <v>175</v>
+      </c>
+      <c r="F123" t="s">
+        <v>477</v>
+      </c>
+      <c r="G123" s="1" t="s">
         <v>478</v>
       </c>
-      <c r="E123" t="s">
+      <c r="H123" t="s">
         <v>479</v>
-      </c>
-[...7 lines deleted...]
-        <v>484</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>142</v>
+        <v>481</v>
       </c>
       <c r="D124" t="s">
-        <v>478</v>
+        <v>174</v>
       </c>
       <c r="E124" t="s">
-        <v>479</v>
+        <v>175</v>
       </c>
       <c r="F124" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="H124" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>10</v>
+        <v>485</v>
       </c>
       <c r="D125" t="s">
-        <v>478</v>
+        <v>174</v>
       </c>
       <c r="E125" t="s">
-        <v>479</v>
+        <v>175</v>
       </c>
       <c r="F125" t="s">
-        <v>168</v>
+        <v>184</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="H125" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
+        <v>488</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>489</v>
+      </c>
+      <c r="D126" t="s">
+        <v>174</v>
+      </c>
+      <c r="E126" t="s">
+        <v>175</v>
+      </c>
+      <c r="F126" t="s">
+        <v>225</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="H126" t="s">
         <v>491</v>
-      </c>
-[...19 lines deleted...]
-        <v>493</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
+        <v>492</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>493</v>
+      </c>
+      <c r="D127" t="s">
+        <v>174</v>
+      </c>
+      <c r="E127" t="s">
+        <v>175</v>
+      </c>
+      <c r="F127" t="s">
         <v>494</v>
       </c>
-      <c r="B127" t="s">
-[...5 lines deleted...]
-      <c r="D127" t="s">
+      <c r="G127" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="E127" t="s">
-[...5 lines deleted...]
-      <c r="G127" s="1" t="s">
+      <c r="H127" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>497</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>463</v>
+        <v>498</v>
       </c>
       <c r="D128" t="s">
-        <v>498</v>
+        <v>174</v>
       </c>
       <c r="E128" t="s">
+        <v>175</v>
+      </c>
+      <c r="F128" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>500</v>
       </c>
       <c r="H128" t="s">
         <v>501</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>502</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>503</v>
+      </c>
+      <c r="D129" t="s">
+        <v>174</v>
+      </c>
+      <c r="E129" t="s">
+        <v>175</v>
+      </c>
+      <c r="F129" t="s">
+        <v>494</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="H129" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>506</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>507</v>
+      </c>
+      <c r="D130" t="s">
+        <v>174</v>
+      </c>
+      <c r="E130" t="s">
+        <v>175</v>
+      </c>
+      <c r="F130" t="s">
+        <v>508</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="H130" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>511</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>512</v>
+      </c>
+      <c r="D131" t="s">
+        <v>174</v>
+      </c>
+      <c r="E131" t="s">
+        <v>175</v>
+      </c>
+      <c r="F131" t="s">
+        <v>195</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="H131" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>515</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>516</v>
+      </c>
+      <c r="D132" t="s">
+        <v>174</v>
+      </c>
+      <c r="E132" t="s">
+        <v>175</v>
+      </c>
+      <c r="F132" t="s">
+        <v>517</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="H132" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>520</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>521</v>
+      </c>
+      <c r="D133" t="s">
+        <v>174</v>
+      </c>
+      <c r="E133" t="s">
+        <v>175</v>
+      </c>
+      <c r="F133" t="s">
+        <v>191</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="H133" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>524</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>525</v>
+      </c>
+      <c r="D134" t="s">
+        <v>174</v>
+      </c>
+      <c r="E134" t="s">
+        <v>175</v>
+      </c>
+      <c r="F134" t="s">
+        <v>229</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="H134" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>528</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>152</v>
+      </c>
+      <c r="D135" t="s">
+        <v>529</v>
+      </c>
+      <c r="E135" t="s">
+        <v>530</v>
+      </c>
+      <c r="F135" t="s">
+        <v>176</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="H135" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>533</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>158</v>
+      </c>
+      <c r="D136" t="s">
+        <v>529</v>
+      </c>
+      <c r="E136" t="s">
+        <v>530</v>
+      </c>
+      <c r="F136" t="s">
+        <v>191</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="H136" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>536</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>162</v>
+      </c>
+      <c r="D137" t="s">
+        <v>529</v>
+      </c>
+      <c r="E137" t="s">
+        <v>530</v>
+      </c>
+      <c r="F137" t="s">
+        <v>191</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="H137" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>539</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>152</v>
+      </c>
+      <c r="D138" t="s">
+        <v>540</v>
+      </c>
+      <c r="E138" t="s">
+        <v>541</v>
+      </c>
+      <c r="F138" t="s">
+        <v>184</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="H138" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>544</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>158</v>
+      </c>
+      <c r="D139" t="s">
+        <v>540</v>
+      </c>
+      <c r="E139" t="s">
+        <v>541</v>
+      </c>
+      <c r="F139" t="s">
+        <v>191</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="H139" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>547</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>162</v>
+      </c>
+      <c r="D140" t="s">
+        <v>540</v>
+      </c>
+      <c r="E140" t="s">
+        <v>541</v>
+      </c>
+      <c r="F140" t="s">
+        <v>225</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="H140" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>550</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>10</v>
+      </c>
+      <c r="D141" t="s">
+        <v>540</v>
+      </c>
+      <c r="E141" t="s">
+        <v>541</v>
+      </c>
+      <c r="F141" t="s">
+        <v>195</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="H141" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>553</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>17</v>
+      </c>
+      <c r="D142" t="s">
+        <v>540</v>
+      </c>
+      <c r="E142" t="s">
+        <v>541</v>
+      </c>
+      <c r="F142" t="s">
+        <v>176</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="H142" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>556</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>324</v>
+      </c>
+      <c r="D143" t="s">
+        <v>540</v>
+      </c>
+      <c r="E143" t="s">
+        <v>541</v>
+      </c>
+      <c r="F143" t="s">
+        <v>13</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="H143" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>559</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>152</v>
+      </c>
+      <c r="D144" t="s">
+        <v>560</v>
+      </c>
+      <c r="E144" t="s">
+        <v>560</v>
+      </c>
+      <c r="F144" t="s">
+        <v>195</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="H144" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>562</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>485</v>
+      </c>
+      <c r="D145" t="s">
+        <v>563</v>
+      </c>
+      <c r="E145" t="s">
+        <v>564</v>
+      </c>
+      <c r="F145" t="s">
+        <v>13</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="H145" t="s">
+        <v>566</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5489,50 +6137,67 @@
     <hyperlink ref="G104" r:id="rId103"/>
     <hyperlink ref="G105" r:id="rId104"/>
     <hyperlink ref="G106" r:id="rId105"/>
     <hyperlink ref="G107" r:id="rId106"/>
     <hyperlink ref="G108" r:id="rId107"/>
     <hyperlink ref="G109" r:id="rId108"/>
     <hyperlink ref="G110" r:id="rId109"/>
     <hyperlink ref="G111" r:id="rId110"/>
     <hyperlink ref="G112" r:id="rId111"/>
     <hyperlink ref="G113" r:id="rId112"/>
     <hyperlink ref="G114" r:id="rId113"/>
     <hyperlink ref="G115" r:id="rId114"/>
     <hyperlink ref="G116" r:id="rId115"/>
     <hyperlink ref="G117" r:id="rId116"/>
     <hyperlink ref="G118" r:id="rId117"/>
     <hyperlink ref="G119" r:id="rId118"/>
     <hyperlink ref="G120" r:id="rId119"/>
     <hyperlink ref="G121" r:id="rId120"/>
     <hyperlink ref="G122" r:id="rId121"/>
     <hyperlink ref="G123" r:id="rId122"/>
     <hyperlink ref="G124" r:id="rId123"/>
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>