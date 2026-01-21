--- v1 (2025-11-21)
+++ v2 (2026-01-21)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1160" uniqueCount="567">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1248" uniqueCount="602">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -463,50 +463,119 @@
     <t>Ratifica a redação do Contrato de Consórcio Público e do Estatuto Social do Consórcio Intermunicipal de Saneamento do Paraná (CISPAR) e autoriza o ingresso do Município no referido Consórcio.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1082/projeto_de_lei_-_autoriza_pagamento_de_premiacao_a_participantes_do_festival_municipal_e_nacional_da_cancao_de_manfrinopolis__-.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder premiação em dinheiro para participantes e campeões do Festival Municipal e Nacional da Canção de Manfrinópolis/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1086/projeto_de_lei_contratacao_temporaria_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a proceder à contratação temporária de pessoal por tempo determinado para atender a necessidade temporária de excepcional interesse público, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1090</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1090/projeto_de_lei_-ratifica_protocolo_de_intencoes_do_consorcio_intergestores_parana_saude_-_cips_-_com_anexo.pdf</t>
+  </si>
+  <si>
+    <t>Ratifica o Protocolo de Intenções firmado entre o Estado do Paraná e os Municípios do Estado do Paraná subscritores, com a finalidade de formalizar a constituição e adequação do Consórcio Intergestores Paraná Saúde - CIPS aos termos do regime previsto na Lei Federal nº. 11.107/2005 e sua regulamentação, voltado ao desenvolvimento de ações na área da assistência farmacêutica no âmbito do Sistema Único de Saúde (SUS).</t>
+  </si>
+  <si>
+    <t>1092</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1092/projetoi_de_lei_-_cria_cargos_de_monitor_escolar_e_diretora_do_departamento_das_politicas_publicas_dos_direitos_da_mulher.pdf</t>
+  </si>
+  <si>
+    <t>Altera/acrescenta dispositivos na Lei Municipal nº 529/2014 e Lei 804/2022, com suas alterações posteriores e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1093</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1093/projeto_de_lei_contratacao_temporaria.pdf</t>
+  </si>
+  <si>
+    <t>1094</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1094/projeto_de_lei_no_suplementacao_42-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a abrir um Crédito Adicional Suplementar, no orçamento geral do corrente exercício.</t>
+  </si>
+  <si>
+    <t>1095</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1095/projeto_de_lei_-_cessao.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a firmar Termo de Permissão de uso de Bem Público Municipal e outras providências.</t>
+  </si>
+  <si>
+    <t>1096</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1096/projeto_de_lei_-_altera_lei_777.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos na Lei Municipal nº 777/2022, com suas alterações posteriores e dá outras providências.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/946/emenda_-_projeto_de_lei_ordinaria_02_-.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do Projeto De Lei Nº Ordinária Do Poder Executivo N° 002/2025”</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>2</t>
   </si>
@@ -955,142 +1024,124 @@
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1011/indicacao_n037-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente que sejam tomadas as providências necessárias, no sentido da construção de uma rampa de acesso e o alargamento do portão de entrada no colégio da comunidade do Barra grande. _x000D_
 A presente indicação tem por objetivo garantir melhor acessibilidade aos alunos, pais, servidores, visitantes com mobilidade reduzida e também para carga e descarga de materiais e alimentos, promovendo inclusão e segurança no ambiente escolar. A ausência de rampa dificulta o acesso, principalmente para cadeirantes e pessoas com dificuldades de locomoção._x000D_
 Além disso, o portão atual possui dimensão limitada, o que gera aglomeração nos horários de entrada e saída dos alunos, prejudicando a fluidez e comprometendo a segurança. O alargamento do portão contribuirá para um fluxo mais organizado e seguro._x000D_
 Tais melhorias são simples, porém de grande impacto para a comunidade escolar, e reforçam o compromisso com a acessibilidade e a segurança no ambiente educacional.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1013/indicacao_n038-2025.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente que tome as providências necessárias visando à contratação de um Educador de Físico de Pilates para os idosos do município.  _x000D_
 A presente indicação tem como objetivo a contratação de um Educador Físico, profissional que atua com excelência na área de Pilates, promovendo saúde, bem-estar e qualidade de vida aos idosos e o restante da população de Manfrinópolis, que tem como contribuição significativamente para a prevenção de doenças, reabilitação física e fortalecimento da consciência corporal de seus alunos, com atenção individualizada, respeito aos limites físicos e promoção de um estilo de vida mais saudável. Além de seu conhecimento técnico e dedicação, o profissional também se destaca pelo relacionamento próximo com a comunidade, atendendo diferentes faixas etárias e necessidades específicas, sempre com ética, empatia e profissionalismo.</t>
   </si>
   <si>
     <t>1019</t>
-  </si>
-[...1 lines deleted...]
-    <t>39</t>
   </si>
   <si>
     <t>Altair Panzera, Manoel Vanderlei Lopes</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1019/indicacao_n039-2025.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente à Instalar um sistema automático de monitoramento do nível dos rios, com emissão de alertas em tempo real para autoridades competentes e comunidades ribeirinhas, com o objetivo de reduzir danos materiais e preservar vidas em situações de enchente ou elevação crítica dos cursos d'água. _x000D_
 O sistema será composto por:_x000D_
 Estação fluviométrica automática, com sensor de nível e transmissão de dados (via GPRS, satélite ou LoRa);_x000D_
 Painel de alerta local (sinal sonoro e visual) para avisos imediatos à população;_x000D_
 Central de monitoramento com plataforma online e aplicativo móvel;_x000D_
 Integração com dados meteorológicos e hidrológicos para cruzamento de informações e predição de eventos extremos._x000D_
 Benefícios Esperados:_x000D_
 Redução de riscos à vida humana e ao patrimônio público e privado;_x000D_
 Respostas mais rápidas por parte da Defesa Civil e demais órgãos competentes;_x000D_
 Engajamento comunitário com campanhas de conscientização baseadas em dados reais;_x000D_
 Dados históricos úteis para planejamento urbano e ambiental.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>40</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1014/indicacao_n040-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente que tome as providências necessárias no sentido de realizar instalação da rede elétrica nas proximidades da propriedade do senhor Alcir Blau, popularmente conhecido como Neguinho Blau._x000D_
 Tal solicitação justifica-se pela necessidade de proporcionar maior segurança, conforto e qualidade de vida ao senhor Alcir Blau, bem como aos moradores da região.</t>
   </si>
   <si>
     <t>1015</t>
-  </si>
-[...1 lines deleted...]
-    <t>41</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1015/indicacao_n041-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, à execução de obra de calçamento no trecho compreendido entre a comunidade de Santa Terezinha, passando pela entrada do Júlio Pauli até a igreja, com saída em direção ao Tunal._x000D_
 A região mencionada possui fluxo constante de moradores, incluindo crianças, idosos e trabalhadores rurais, além de ser rota de acesso a pontos importantes como a igreja local e comunidades vizinhas. Atualmente, o estado precário da via, especialmente em períodos de chuva, tem causado, dificuldade de acesso para veículos e pedestres, problemas de mobilidade para serviços de saúde, transporte escolar e coleta de lixo e riscos de acidentes e transtornos à população, especialmente aos domingos e datas festivas._x000D_
 Benefícios Esperados:_x000D_
 •	Melhoria na qualidade de vida dos moradores;_x000D_
 •	Valorização das propriedades locais;_x000D_
 •	Garantia de acesso seguro e digno para a população rural;_x000D_
 •	Fortalecimento da integração entre comunidades próximas.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>42</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1016/indicacao_n042-2025.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente que tome as providências pela realização de pavimentação poliédrica na serra localizada nas proximidades da propriedade do senhor Valdemar Britto, na comunidade da Linha Aparecida._x000D_
 A referida solicitação justifica-se pela necessidade de melhorar as condições de trafegabilidade naquela localidade, especialmente em períodos de chuvas, quando o trecho se torna de difícil acesso. A pavimentação poliédrica, além de garantir maior durabilidade.</t>
   </si>
   <si>
     <t>1020</t>
-  </si>
-[...1 lines deleted...]
-    <t>43</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1020/indicacao_n043-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, à contratação de um professor de violão para atuar junto às oficinas socioculturais oferecidas no âmbito do CRAS – Centro de Referência de Assistência Social, como parte das ações de fortalecimento de vínculos comunitários e promoção da inclusão social._x000D_
 As oficinas de música, especialmente o ensino de violão, têm se mostrado eficazes na promoção do bem-estar, no estímulo à convivência social e no desenvolvimento de habilidades cognitivas, emocionais e artísticas dos usuários dos serviços socioassistenciais, especialmente crianças, adolescentes e idosos._x000D_
 A contratação desse profissional contribuirá para:_x000D_
 •	Ampliar as ações do Serviço de Convivência e Fortalecimento de Vínculos (SCFV);_x000D_
 •	Oferecer alternativas saudáveis de lazer e expressão cultural;_x000D_
 •	Estimular o senso de pertencimento e autoestima dos participantes;_x000D_
 •	Prevenir situações de risco social por meio da arte e da cultura.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>44</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1021/indicacao_n044-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao setor competente, que sejam realizadas as eliminatórias do Festival nas comunidades de Manfrinópolis, promovendo a participação descentralizada e o incentivo à cultura local. Sugere-se, ainda, que a final do evento ocorra na sede do município, reunindo os classificados das etapas anteriores._x000D_
 A presente indicação visa valorizar os talentos das comunidades, promover o acesso à cultura em diferentes localidades e fomentar o envolvimento da população com o evento. A realização das eliminatórias nas comunidades contribui para a descentralização das ações culturais e proporciona maior visibilidade aos artistas locais, enquanto a final na cidade garante um encerramento mais amplo e participativo para o festival.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1022/indicacao_n045-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Excelentíssimo Senhor Prefeito Municipal que realize gestões junto à empresa concessionária responsável pela administração das rodovias pedagiadas, com o objetivo de solicitar a destinação dos resíduos asfálticos (como fresado ou sobras de obras) para utilização na manutenção e melhoria das estradas vicinais e vias não pavimentadas, especialmente nas comunidades rurais, frentes de aviários, estrebarias._x000D_
 A concessionária de pedágio que atua na região realiza regularmente obras de manutenção, recapeamento e duplicação nas rodovias sob sua responsabilidade. Como resultado, há geração de resíduos asfálticos (como fresagem), que podem ser reaproveitados de maneira eficiente e econômica._x000D_
 A destinação desse material para o município possibilitaria melhorias significativas nas estradas rurais, acessos a pequenas propriedades e vias secundárias, beneficiando diretamente produtores, estudantes, trabalhadores e moradores das áreas menos favorecidas._x000D_
 Tal medida também contribui para a sustentabilidade, reduzindo o descarte indevido de resíduos e promovendo economia aos cofres públicos.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
@@ -1749,50 +1800,79 @@
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1088/indicacao_n092-2025.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem muito respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, que estude a viabilidade de autorizar o uso da Casa dos Idosos da comunidade de Barra Grande também como Casa Mortuária, atendendo às necessidades da população local._x000D_
 A comunidade de Barra Grande não dispõe de um espaço adequado para a realização de velórios, o que causa transtornos e deslocamentos para outras localidades. Considerando que a Casa dos Idosos possui estrutura apropriada, com espaço coberto e instalações que podem ser adaptadas, a utilização do local como Casa Mortuária proporcionará mais conforto e dignidade às famílias enlutadas.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1089/indicacao_n093-2025_.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscrevem, na forma regimental, vêm muito respeitosamente à presença de Vossa Excelência INDICAR ao Executivo Municipal a que sejam adotadas as providências necessárias para a pavimentação das vias da comunidade de Santo Antônio._x000D_
 A referida comunidade enfrenta dificuldades de deslocamento, especialmente em períodos de chuva, quando o tráfego fica prejudicado, afetando o transporte de moradores, estudantes, trabalhadores, bem como o escoamento da produção local. A pavimentação trará melhorias significativas na qualidade de vida, segurança, mobilidade urbana e desenvolvimento da região.</t>
   </si>
   <si>
+    <t>1091</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>Elizangela Fonseca De Oliveira, Fernando Gandin, Manoel Vanderlei Lopes, Marcos Antônio Francisconi, Nereu Correa Becker</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1091/indicacao_n094-2025.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora que a presente subscreve, na forma regimental, vem muito respeitosamente à presença de Vossa Excelência, indicar ao Executivo Municipal a necessidade de realizar a substituição, levantamento e colocação de novos tubos em dois bueiros localizados na linha Barra Grande, que dão acesso às residências dos senhores Jailson de Oliveira, Suzana dos Santos, Jacir Laurindo e Giovane Pauli._x000D_
+A obra é necessária, pois os bueiros atuais não comportam o volume de água, especialmente em períodos de chuva, causando extravasamento e prejudicando o tráfego e o acesso dos moradores. A melhoria garantirá maior vazão, preservará a estrada e trará mais segurança e mobilidade às famílias da localidade.</t>
+  </si>
+  <si>
+    <t>1097</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1097/indicacao_n095-2025_.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a presente subscreve, na forma regimental, vem muito respeitosamente à presença de Vossa Excelência, indicar ao Executivo Municipal que determine a instalação obrigatória de extintores de incêndio em todas as máquinas pesadas de propriedade pública utilizadas pelo município. _x000D_
+As máquinas pesadas da frota municipal estão expostas a riscos de superaquecimento, vazamentos e falhas mecânicas que podem resultar em princípios de incêndio. A instalação de extintores é uma medida simples, de baixo custo e extremamente eficaz para proteger o operador, reduzir riscos de acidentes e preservar os bens públicos, garantindo mais segurança e prevenção durante as operações.</t>
+  </si>
+  <si>
     <t>959</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/959/proposicao_legislativa_de_resolucao_n001-2025_do_poder_legislativo.pdf</t>
   </si>
   <si>
     <t>Altera-se o Regimento Interno (Resolução nº04/2018) da Câmara de Manfrinópolis/PR e dá outras providências.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/975/resolucao_002-2025_-_aprova_contas_2022.docx</t>
   </si>
   <si>
     <t>SÚMULA: DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DO EXECUTIVO MUNICIPAL DE MANFRINÓPOLIS, REFERENTES AO EXERCÍCIO FINANCEIRO DE 2022.</t>
   </si>
   <si>
     <t>976</t>
@@ -1836,50 +1916,80 @@
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/988/requerimento_n003-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, estado do Paraná, que tomem as seguintes providências. _x000D_
 Delibere juntamente ao Plenário para a justificativa de falta do Vereador Requerente, por estar doente, o mesmo apresentou atestado médico, assim não pode se fazer presente, a Sessão Ordinária do dia 24 de março de 2025.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/990/requerimento_no_004-_mocao_de_apoio_n001-2025.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO N°001/2025 - À CRIAÇÃO DO COMANDO REGIONAL DA POLÍCIA MILITAR DO SUDOESTE DO PARANÁ</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1084/requerimento_n005-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, nos termos legais regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, estado do Paraná, que tomem as seguintes providências. _x000D_
 Delibere juntamente ao Plenário para a justificativa de falta do Vereador Requerente, por estar em viagem necessária para tratar de questões pessoais relacionadas à saúde, assim não pode se fazer presente, a Sessão Ordinária do dia 27 de outubro de 2025._x000D_
 Nestes termos pede-se deferimento.</t>
+  </si>
+  <si>
+    <t>1098</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1098/requerimento_n006-2025.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a presente subscreve, nos termos legais regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, estado do Paraná, que tomem as seguintes providências. _x000D_
+Delibere juntamente ao Plenário para a justificativa de falta do Vereador Altair Panzera, por estar em reunião no Gabinete Águas e Terra, em Curitiba, bem como tratando de assuntos de interesse do Município no Gabinete Parlamentar, também na capital, não podendo assim se fazer presente à Sessão Ordinária do dia 01 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>1099</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1099/requerimento_n007-2025.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a presente subscreve, nos termos legais regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, estado do Paraná, que tomem as seguintes providências. _x000D_
+Delibere juntamente ao Plenário para a justificativa de falta do Vereador Domingos Alberto Rech, por motivo de problemas de saúde, não podendo assim se fazer presente à Sessão Ordinária do dia 01 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>1100</t>
+  </si>
+  <si>
+    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1100/requerimento_n008-2025.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora que a presente subscreve, nos termos legais regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, estado do Paraná, que tomem as seguintes providências. _x000D_
+Delibere juntamente ao Plenário para a justificativa de falta da Vereadora Fernanda Da Rosa, por motivo de tratamento vascular, apresentando o atestado médico, não podendo assim se fazer presente à Sessão Ordinária do dia 08 de dezembro de 2025.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/958/049-2025_-_camara_municipal_retirada_de_projeto_de_pauta.pdf</t>
   </si>
   <si>
     <t>Solicitar a retirada de pauta e devolução dos Projeto de lei abaixo relacionado, para realização de retificação e inclusões, se necessário for._x000D_
 _x000D_
 Projeto de Lei Ordinária nº. 007/2025: “Denomina logradouros públicos, existentes e previstos, do Município de Manfrinópolis – PR, na Sede Urbana e no Distrito de São Sebastião da Bela Vista, conforme mapas anexos à presente Lei.”</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/989/requerimento_no_004-_mocao_de_apoio_n001-2025.docx</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
@@ -2218,56 +2328,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/952/projeto_de_lei_no_02-2025_-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/953/projeto_de_lei_de_melhormanrto_genetico.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/954/projeto_de_lei_-_aluguel_social.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/955/projeto_de_lei_-_nomenclatura_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/960/projeto_de_lei__do_poder_executivo_-_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/961/projeto_de_lei_-_cria_o_conselho_municipal_de_esportes_-_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/969/projeto_de_lei_0_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/970/projeto_de_lei__-_pocos_arteseanos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/992/projeto_de_lei_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/993/projeto_de_lei_ordinaria_do_poder_executivo_-_autoriza_receber_em_doacao_fracao_de__imovel.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/994/projeto_de_lei_ordinaria_do_poder_executivo_-_regularizacao_de_ruas_-_chacara_25.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/995/projeto_chacara_26.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/996/projeto_de_lei_ordinario_-_regularizacao_viaria_-_chacara_27.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1002/03_-_legislativo_-_altera_plano_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1003/projeto_de_lei_ordinaria-_regularizacao_viaria_0_chacara_28.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1004/projeto_de_lei__-cria_o_conselho_da_mulher_e_fundo_dos_direitos_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1012/05-_legislativo_-_altera_projeto_acamsop.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1017/projeto_de_lei_cessao_de_uso_-_campo_barra_grande.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1018/projeto_de_lei__-__atualizacao_do_valor_das_diarias.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1024/04_-_legislativo_-_altera_lei_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1043/projeto_de_lei_ldo__com_anexos.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1044/projeto_de_lei__-_prorroga_vigencia_do_pme.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1051/projeto_de_lei_ordinaria_-_credito_especial_28072025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1052/projeto_de_lei_-__autoriza_a_receber_em_doacao_-_imovel_-_moradia_social_-_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1055/projeto_de_lei_que_altera_lei_157-2002.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1061/projeto_de_lei_altera_lei_180-2003_-_comsea_-_conselho_municipal_de_seguranca_alimentar_e_nutricional.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1062/projeto_de_lei_-__funcao_comissionada_agente_de_contratacao_altera_lei_804.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1063/projeto_de_lei_no____-_credito_especial_-_agosto_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1065/projeto_de_lei_ordinaria_-_criacao_de_feira.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1071/projeto_de_lei__-_cria_fundo_municipal_do_turismo_e_comissao_muniicpal_do_turismo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1073/projeto_de_lei_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1074/projeto_de_lei_-ppa_2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1076/projeto_de_lei_ordinaria_-_cispar_-_01.10.2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1082/projeto_de_lei_-_autoriza_pagamento_de_premiacao_a_participantes_do_festival_municipal_e_nacional_da_cancao_de_manfrinopolis__-.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1086/projeto_de_lei_contratacao_temporaria_.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/946/emenda_-_projeto_de_lei_ordinaria_02_-.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/968/emenda.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/971/emenda_modificativa_003-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1075/emenda_modificativa_projeto_lei_ordinaria_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1087/emenda_modificativa_005-2025__ao_projeto_de_lei_037-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/947/indicacao_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/948/indicacao_n002-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/949/indicacao_n003-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/950/indicacao_n004-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/956/indicacao_n006-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/957/indicacao_n007-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/962/indicacao_n008-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/963/indicacao_n009-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/964/indicacao_n010-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/965/indicacao_n011-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/966/indicacao_n012-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/972/indicacao_n013-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/973/indicacao_n014-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/977/indicacao_n015-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/974/indicacao_n016-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/979/indicacao_n017-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/980/indicacao_n018-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/981/indicacao_n019-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/982/indicacao_n020-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/983/indicacao_n021-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/984/indicacao_n022-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/985/indicacao_n023-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/986/indicacao_n024-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/987/indicacao_n025-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/991/indicacao_n026-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/997/indicacao_n027-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/998/indicacao_n028-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/999/indicacao_n029-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1000/indicacao_n030-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1005/indicacao_n031-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1006/indicacao_n032-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1007/indicacao_n033-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1008/indicacao_n034-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1009/indicacao_n035-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1010/indicacao_n036-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1011/indicacao_n037-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1013/indicacao_n038-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1019/indicacao_n039-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1014/indicacao_n040-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1015/indicacao_n041-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1016/indicacao_n042-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1020/indicacao_n043-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1021/indicacao_n044-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1022/indicacao_n045-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1023/indicacao_n046-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1025/indicacao_n047-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/indicacao_n048-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1026/indicacao_n049-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1028/indicacao_n050-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/indicacao_n051-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1030/indicacao_n052-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/indicacao_n053-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/indicacao_n054-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/indicacao_n055-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1035/indicacao_n056-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/indicacao_n057-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1036/indicacao_n058-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/indicacao_n059-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1038/indicacao_n060-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1039/indicacao_n061-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1040/indicacao_n062-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1041/indicacao_n063-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1042/indicacao_n064-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1045/indicacao_n065-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1046/indicacao_n066-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1047/indicacao_n067-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1048/indicacao_n068-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1049/indicacao_n069-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1050/indicacao_n070-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1053/indicacao_n071-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1054/indicacao_n072-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1056/indicacao_n073-2025_.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1057/indicacao_n074-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1058/indicacao_n075-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1064/indicacao_n076-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1059/indicacao_n077-2025_.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1060/indicacao_n078-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1066/indicacao_n079-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1067/indicacao_n080-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1068/indicacao_n081-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1069/indicacao_n082-2025_.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1070/indicacao_n083-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1072/indicacao_n084-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1077/indicacao_n085-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1078/indicacao_n086-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1079/indicacao_n087-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1080/indicacao_n088-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1081/indicacao_n089-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1083/indicacao_n090-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1085/indicacao_n091-2025_.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1088/indicacao_n092-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1089/indicacao_n093-2025_.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/959/proposicao_legislativa_de_resolucao_n001-2025_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/975/resolucao_002-2025_-_aprova_contas_2022.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/976/resolucao_003-2025_-_aprova_contas_2023.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/967/requerimento_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/978/requerimento_n002-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/988/requerimento_n003-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/990/requerimento_no_004-_mocao_de_apoio_n001-2025.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1084/requerimento_n005-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/958/049-2025_-_camara_municipal_retirada_de_projeto_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/989/requerimento_no_004-_mocao_de_apoio_n001-2025.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1001/oficio_n84-2025-_encaminha_prestacao_de_contas_do_ano_de_2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/952/projeto_de_lei_no_02-2025_-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/953/projeto_de_lei_de_melhormanrto_genetico.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/954/projeto_de_lei_-_aluguel_social.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/955/projeto_de_lei_-_nomenclatura_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/960/projeto_de_lei__do_poder_executivo_-_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/961/projeto_de_lei_-_cria_o_conselho_municipal_de_esportes_-_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/969/projeto_de_lei_0_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/970/projeto_de_lei__-_pocos_arteseanos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/992/projeto_de_lei_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/993/projeto_de_lei_ordinaria_do_poder_executivo_-_autoriza_receber_em_doacao_fracao_de__imovel.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/994/projeto_de_lei_ordinaria_do_poder_executivo_-_regularizacao_de_ruas_-_chacara_25.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/995/projeto_chacara_26.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/996/projeto_de_lei_ordinario_-_regularizacao_viaria_-_chacara_27.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1002/03_-_legislativo_-_altera_plano_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1003/projeto_de_lei_ordinaria-_regularizacao_viaria_0_chacara_28.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1004/projeto_de_lei__-cria_o_conselho_da_mulher_e_fundo_dos_direitos_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1012/05-_legislativo_-_altera_projeto_acamsop.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1017/projeto_de_lei_cessao_de_uso_-_campo_barra_grande.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1018/projeto_de_lei__-__atualizacao_do_valor_das_diarias.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1024/04_-_legislativo_-_altera_lei_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1043/projeto_de_lei_ldo__com_anexos.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1044/projeto_de_lei__-_prorroga_vigencia_do_pme.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1051/projeto_de_lei_ordinaria_-_credito_especial_28072025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1052/projeto_de_lei_-__autoriza_a_receber_em_doacao_-_imovel_-_moradia_social_-_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1055/projeto_de_lei_que_altera_lei_157-2002.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1061/projeto_de_lei_altera_lei_180-2003_-_comsea_-_conselho_municipal_de_seguranca_alimentar_e_nutricional.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1062/projeto_de_lei_-__funcao_comissionada_agente_de_contratacao_altera_lei_804.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1063/projeto_de_lei_no____-_credito_especial_-_agosto_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1065/projeto_de_lei_ordinaria_-_criacao_de_feira.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1071/projeto_de_lei__-_cria_fundo_municipal_do_turismo_e_comissao_muniicpal_do_turismo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1073/projeto_de_lei_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1074/projeto_de_lei_-ppa_2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1076/projeto_de_lei_ordinaria_-_cispar_-_01.10.2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1082/projeto_de_lei_-_autoriza_pagamento_de_premiacao_a_participantes_do_festival_municipal_e_nacional_da_cancao_de_manfrinopolis__-.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1086/projeto_de_lei_contratacao_temporaria_.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1090/projeto_de_lei_-ratifica_protocolo_de_intencoes_do_consorcio_intergestores_parana_saude_-_cips_-_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1092/projetoi_de_lei_-_cria_cargos_de_monitor_escolar_e_diretora_do_departamento_das_politicas_publicas_dos_direitos_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1093/projeto_de_lei_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1094/projeto_de_lei_no_suplementacao_42-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1095/projeto_de_lei_-_cessao.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1096/projeto_de_lei_-_altera_lei_777.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/946/emenda_-_projeto_de_lei_ordinaria_02_-.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/968/emenda.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/971/emenda_modificativa_003-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1075/emenda_modificativa_projeto_lei_ordinaria_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1087/emenda_modificativa_005-2025__ao_projeto_de_lei_037-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/947/indicacao_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/948/indicacao_n002-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/949/indicacao_n003-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/950/indicacao_n004-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/956/indicacao_n006-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/957/indicacao_n007-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/962/indicacao_n008-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/963/indicacao_n009-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/964/indicacao_n010-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/965/indicacao_n011-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/966/indicacao_n012-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/972/indicacao_n013-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/973/indicacao_n014-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/977/indicacao_n015-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/974/indicacao_n016-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/979/indicacao_n017-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/980/indicacao_n018-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/981/indicacao_n019-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/982/indicacao_n020-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/983/indicacao_n021-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/984/indicacao_n022-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/985/indicacao_n023-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/986/indicacao_n024-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/987/indicacao_n025-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/991/indicacao_n026-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/997/indicacao_n027-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/998/indicacao_n028-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/999/indicacao_n029-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1000/indicacao_n030-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1005/indicacao_n031-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1006/indicacao_n032-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1007/indicacao_n033-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1008/indicacao_n034-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1009/indicacao_n035-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1010/indicacao_n036-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1011/indicacao_n037-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1013/indicacao_n038-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1019/indicacao_n039-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1014/indicacao_n040-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1015/indicacao_n041-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1016/indicacao_n042-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1020/indicacao_n043-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1021/indicacao_n044-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1022/indicacao_n045-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1023/indicacao_n046-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1025/indicacao_n047-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/indicacao_n048-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1026/indicacao_n049-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1028/indicacao_n050-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/indicacao_n051-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1030/indicacao_n052-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/indicacao_n053-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/indicacao_n054-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/indicacao_n055-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1035/indicacao_n056-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/indicacao_n057-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1036/indicacao_n058-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/indicacao_n059-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1038/indicacao_n060-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1039/indicacao_n061-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1040/indicacao_n062-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1041/indicacao_n063-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1042/indicacao_n064-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1045/indicacao_n065-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1046/indicacao_n066-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1047/indicacao_n067-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1048/indicacao_n068-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1049/indicacao_n069-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1050/indicacao_n070-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1053/indicacao_n071-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1054/indicacao_n072-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1056/indicacao_n073-2025_.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1057/indicacao_n074-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1058/indicacao_n075-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1064/indicacao_n076-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1059/indicacao_n077-2025_.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1060/indicacao_n078-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1066/indicacao_n079-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1067/indicacao_n080-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1068/indicacao_n081-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1069/indicacao_n082-2025_.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1070/indicacao_n083-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1072/indicacao_n084-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1077/indicacao_n085-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1078/indicacao_n086-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1079/indicacao_n087-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1080/indicacao_n088-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1081/indicacao_n089-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1083/indicacao_n090-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1085/indicacao_n091-2025_.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1088/indicacao_n092-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1089/indicacao_n093-2025_.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1091/indicacao_n094-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1097/indicacao_n095-2025_.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/959/proposicao_legislativa_de_resolucao_n001-2025_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/975/resolucao_002-2025_-_aprova_contas_2022.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/976/resolucao_003-2025_-_aprova_contas_2023.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/967/requerimento_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/978/requerimento_n002-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/988/requerimento_n003-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/990/requerimento_no_004-_mocao_de_apoio_n001-2025.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1084/requerimento_n005-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1098/requerimento_n006-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1099/requerimento_n007-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1100/requerimento_n008-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/958/049-2025_-_camara_municipal_retirada_de_projeto_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/989/requerimento_no_004-_mocao_de_apoio_n001-2025.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2025/1001/oficio_n84-2025-_encaminha_prestacao_de_contas_do_ano_de_2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H145"/>
+  <dimension ref="A1:H156"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="184.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="203.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -3185,2871 +3295,3157 @@
       </c>
       <c r="E36" t="s">
         <v>12</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>149</v>
       </c>
       <c r="H36" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>151</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>152</v>
       </c>
       <c r="D37" t="s">
-        <v>153</v>
+        <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>154</v>
+        <v>12</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="H37" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D38" t="s">
-        <v>153</v>
+        <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>154</v>
+        <v>12</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="H38" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>159</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>160</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="B39" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H39" t="s">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>10</v>
+        <v>163</v>
       </c>
       <c r="D40" t="s">
-        <v>153</v>
+        <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>154</v>
+        <v>12</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="H40" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>166</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>167</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="H41" t="s">
         <v>169</v>
-      </c>
-[...19 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>170</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>171</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="H42" t="s">
         <v>173</v>
-      </c>
-[...19 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>174</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>175</v>
+      </c>
+      <c r="D43" t="s">
+        <v>176</v>
+      </c>
+      <c r="E43" t="s">
+        <v>177</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="H43" t="s">
         <v>179</v>
-      </c>
-[...19 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>180</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>181</v>
+      </c>
+      <c r="D44" t="s">
+        <v>176</v>
+      </c>
+      <c r="E44" t="s">
+        <v>177</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="H44" t="s">
         <v>183</v>
-      </c>
-[...19 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>184</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>185</v>
+      </c>
+      <c r="D45" t="s">
+        <v>176</v>
+      </c>
+      <c r="E45" t="s">
+        <v>177</v>
+      </c>
+      <c r="F45" t="s">
+        <v>186</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="B45" t="s">
-[...14 lines deleted...]
-      <c r="G45" s="1" t="s">
+      <c r="H45" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>189</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>10</v>
+      </c>
+      <c r="D46" t="s">
+        <v>176</v>
+      </c>
+      <c r="E46" t="s">
+        <v>177</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="B46" t="s">
-[...11 lines deleted...]
-      <c r="F46" t="s">
+      <c r="H46" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>192</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>17</v>
+      </c>
+      <c r="D47" t="s">
+        <v>176</v>
+      </c>
+      <c r="E47" t="s">
+        <v>177</v>
+      </c>
+      <c r="F47" t="s">
+        <v>193</v>
+      </c>
+      <c r="G47" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="B47" t="s">
-[...11 lines deleted...]
-      <c r="F47" t="s">
+      <c r="H47" t="s">
         <v>195</v>
-      </c>
-[...4 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>25</v>
+        <v>175</v>
       </c>
       <c r="D48" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E48" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F48" t="s">
-        <v>176</v>
+        <v>199</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="H48" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>29</v>
+        <v>181</v>
       </c>
       <c r="D49" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E49" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F49" t="s">
-        <v>184</v>
+        <v>203</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H49" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>33</v>
+        <v>185</v>
       </c>
       <c r="D50" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E50" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F50" t="s">
-        <v>195</v>
+        <v>207</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="H50" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>210</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>10</v>
+      </c>
+      <c r="D51" t="s">
+        <v>197</v>
+      </c>
+      <c r="E51" t="s">
+        <v>198</v>
+      </c>
+      <c r="F51" t="s">
         <v>207</v>
       </c>
-      <c r="B51" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G51" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="H51" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="D52" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E52" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F52" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="H52" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="D53" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E53" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F53" t="s">
-        <v>180</v>
+        <v>218</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="H53" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="D54" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E54" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F54" t="s">
-        <v>163</v>
+        <v>199</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="H54" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="D55" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E55" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F55" t="s">
-        <v>176</v>
+        <v>207</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="H55" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="D56" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E56" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F56" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="H56" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>61</v>
+        <v>37</v>
       </c>
       <c r="D57" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E57" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F57" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="H57" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="D58" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E58" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F58" t="s">
-        <v>184</v>
+        <v>235</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H58" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>70</v>
+        <v>45</v>
       </c>
       <c r="D59" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E59" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F59" t="s">
-        <v>184</v>
+        <v>203</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="H59" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>74</v>
+        <v>49</v>
       </c>
       <c r="D60" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E60" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F60" t="s">
-        <v>238</v>
+        <v>186</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="H60" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>78</v>
+        <v>53</v>
       </c>
       <c r="D61" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E61" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F61" t="s">
-        <v>176</v>
+        <v>199</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="H61" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>82</v>
+        <v>57</v>
       </c>
       <c r="D62" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E62" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F62" t="s">
-        <v>191</v>
+        <v>248</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="H62" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>86</v>
+        <v>61</v>
       </c>
       <c r="D63" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E63" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F63" t="s">
-        <v>180</v>
+        <v>252</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="H63" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>90</v>
+        <v>65</v>
       </c>
       <c r="D64" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E64" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F64" t="s">
-        <v>180</v>
+        <v>207</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="H64" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
       <c r="D65" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E65" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F65" t="s">
-        <v>180</v>
+        <v>207</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="H65" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>98</v>
+        <v>74</v>
       </c>
       <c r="D66" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E66" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F66" t="s">
-        <v>229</v>
+        <v>261</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="H66" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D67" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E67" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F67" t="s">
-        <v>180</v>
+        <v>199</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="H67" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>105</v>
+        <v>82</v>
       </c>
       <c r="D68" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E68" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F68" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="H68" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>109</v>
+        <v>86</v>
       </c>
       <c r="D69" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E69" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F69" t="s">
-        <v>184</v>
+        <v>203</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="H69" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>113</v>
+        <v>90</v>
       </c>
       <c r="D70" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E70" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F70" t="s">
-        <v>184</v>
+        <v>203</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="H70" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>117</v>
+        <v>94</v>
       </c>
       <c r="D71" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E71" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F71" t="s">
-        <v>176</v>
+        <v>203</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="H71" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>121</v>
+        <v>98</v>
       </c>
       <c r="D72" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E72" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F72" t="s">
-        <v>195</v>
+        <v>252</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="H72" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="D73" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E73" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F73" t="s">
-        <v>225</v>
+        <v>203</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="H73" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>128</v>
+        <v>105</v>
       </c>
       <c r="D74" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E74" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F74" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="H74" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>132</v>
+        <v>109</v>
       </c>
       <c r="D75" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E75" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F75" t="s">
-        <v>176</v>
+        <v>207</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="H75" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>136</v>
+        <v>113</v>
       </c>
       <c r="D76" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E76" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F76" t="s">
-        <v>180</v>
+        <v>207</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="H76" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>140</v>
+        <v>117</v>
       </c>
       <c r="D77" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E77" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F77" t="s">
-        <v>180</v>
+        <v>199</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="H77" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>144</v>
+        <v>121</v>
       </c>
       <c r="D78" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E78" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F78" t="s">
-        <v>163</v>
+        <v>218</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="H78" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>148</v>
+        <v>124</v>
       </c>
       <c r="D79" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E79" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F79" t="s">
-        <v>195</v>
+        <v>248</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="H79" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>299</v>
+        <v>128</v>
       </c>
       <c r="D80" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E80" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F80" t="s">
-        <v>300</v>
+        <v>261</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="H80" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>304</v>
+        <v>132</v>
       </c>
       <c r="D81" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E81" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F81" t="s">
-        <v>225</v>
+        <v>199</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="H81" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>308</v>
+        <v>136</v>
       </c>
       <c r="D82" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E82" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F82" t="s">
-        <v>176</v>
+        <v>203</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H82" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>312</v>
+        <v>140</v>
       </c>
       <c r="D83" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E83" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F83" t="s">
-        <v>180</v>
+        <v>203</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>313</v>
       </c>
       <c r="H83" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>315</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
+        <v>144</v>
+      </c>
+      <c r="D84" t="s">
+        <v>197</v>
+      </c>
+      <c r="E84" t="s">
+        <v>198</v>
+      </c>
+      <c r="F84" t="s">
+        <v>186</v>
+      </c>
+      <c r="G84" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="D84" t="s">
-[...8 lines deleted...]
-      <c r="G84" s="1" t="s">
+      <c r="H84" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>318</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>148</v>
+      </c>
+      <c r="D85" t="s">
+        <v>197</v>
+      </c>
+      <c r="E85" t="s">
+        <v>198</v>
+      </c>
+      <c r="F85" t="s">
+        <v>218</v>
+      </c>
+      <c r="G85" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="B85" t="s">
-[...2 lines deleted...]
-      <c r="C85" t="s">
+      <c r="H85" t="s">
         <v>320</v>
-      </c>
-[...13 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>321</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>152</v>
+      </c>
+      <c r="D86" t="s">
+        <v>197</v>
+      </c>
+      <c r="E86" t="s">
+        <v>198</v>
+      </c>
+      <c r="F86" t="s">
+        <v>322</v>
+      </c>
+      <c r="G86" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="B86" t="s">
-[...2 lines deleted...]
-      <c r="C86" t="s">
+      <c r="H86" t="s">
         <v>324</v>
-      </c>
-[...13 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>325</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>156</v>
+      </c>
+      <c r="D87" t="s">
+        <v>197</v>
+      </c>
+      <c r="E87" t="s">
+        <v>198</v>
+      </c>
+      <c r="F87" t="s">
+        <v>248</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="H87" t="s">
         <v>327</v>
-      </c>
-[...19 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>332</v>
+        <v>160</v>
       </c>
       <c r="D88" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E88" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F88" t="s">
-        <v>238</v>
+        <v>199</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="H88" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>336</v>
+        <v>163</v>
       </c>
       <c r="D89" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E89" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F89" t="s">
-        <v>191</v>
+        <v>203</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="H89" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>340</v>
+        <v>167</v>
       </c>
       <c r="D90" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E90" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F90" t="s">
-        <v>180</v>
+        <v>248</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="H90" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>344</v>
+        <v>171</v>
       </c>
       <c r="D91" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E91" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F91" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="H91" t="s">
-        <v>346</v>
+        <v>339</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>347</v>
+        <v>340</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>348</v>
+        <v>341</v>
       </c>
       <c r="D92" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E92" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F92" t="s">
-        <v>195</v>
+        <v>214</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>349</v>
+        <v>342</v>
       </c>
       <c r="H92" t="s">
-        <v>350</v>
+        <v>343</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>351</v>
+        <v>344</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>352</v>
+        <v>345</v>
       </c>
       <c r="D93" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E93" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F93" t="s">
-        <v>176</v>
+        <v>203</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
       <c r="H93" t="s">
-        <v>354</v>
+        <v>347</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>355</v>
+        <v>348</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="D94" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E94" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F94" t="s">
-        <v>180</v>
+        <v>261</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="H94" t="s">
-        <v>358</v>
+        <v>351</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>360</v>
+        <v>353</v>
       </c>
       <c r="D95" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E95" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F95" t="s">
-        <v>225</v>
+        <v>214</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>361</v>
+        <v>354</v>
       </c>
       <c r="H95" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>363</v>
+        <v>356</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="D96" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E96" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F96" t="s">
-        <v>300</v>
+        <v>203</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>365</v>
+        <v>358</v>
       </c>
       <c r="H96" t="s">
-        <v>366</v>
+        <v>359</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="D97" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E97" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F97" t="s">
-        <v>191</v>
+        <v>218</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>369</v>
+        <v>362</v>
       </c>
       <c r="H97" t="s">
-        <v>370</v>
+        <v>363</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
       <c r="D98" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E98" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F98" t="s">
-        <v>180</v>
+        <v>218</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="H98" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="D99" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E99" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F99" t="s">
-        <v>180</v>
+        <v>199</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>377</v>
+        <v>370</v>
       </c>
       <c r="H99" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>380</v>
+        <v>373</v>
       </c>
       <c r="D100" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E100" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F100" t="s">
-        <v>229</v>
+        <v>203</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>381</v>
+        <v>374</v>
       </c>
       <c r="H100" t="s">
-        <v>382</v>
+        <v>375</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>383</v>
+        <v>376</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>384</v>
+        <v>377</v>
       </c>
       <c r="D101" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E101" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F101" t="s">
-        <v>191</v>
+        <v>248</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>385</v>
+        <v>378</v>
       </c>
       <c r="H101" t="s">
-        <v>386</v>
+        <v>379</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>387</v>
+        <v>380</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="D102" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E102" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F102" t="s">
-        <v>195</v>
+        <v>322</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>389</v>
+        <v>382</v>
       </c>
       <c r="H102" t="s">
-        <v>390</v>
+        <v>383</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>391</v>
+        <v>384</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>392</v>
+        <v>385</v>
       </c>
       <c r="D103" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E103" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F103" t="s">
-        <v>393</v>
+        <v>214</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>394</v>
+        <v>386</v>
       </c>
       <c r="H103" t="s">
-        <v>395</v>
+        <v>387</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>396</v>
+        <v>388</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>397</v>
+        <v>389</v>
       </c>
       <c r="D104" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E104" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F104" t="s">
-        <v>225</v>
+        <v>203</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="H104" t="s">
-        <v>399</v>
+        <v>391</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>400</v>
+        <v>392</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>401</v>
+        <v>393</v>
       </c>
       <c r="D105" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E105" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F105" t="s">
-        <v>180</v>
+        <v>203</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>402</v>
+        <v>394</v>
       </c>
       <c r="H105" t="s">
-        <v>403</v>
+        <v>395</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>404</v>
+        <v>396</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>405</v>
+        <v>397</v>
       </c>
       <c r="D106" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E106" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F106" t="s">
-        <v>406</v>
+        <v>252</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>407</v>
+        <v>398</v>
       </c>
       <c r="H106" t="s">
-        <v>408</v>
+        <v>399</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>409</v>
+        <v>400</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>410</v>
+        <v>401</v>
       </c>
       <c r="D107" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E107" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F107" t="s">
-        <v>180</v>
+        <v>214</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="H107" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>413</v>
+        <v>404</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>414</v>
+        <v>405</v>
       </c>
       <c r="D108" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E108" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F108" t="s">
-        <v>415</v>
+        <v>218</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>416</v>
+        <v>406</v>
       </c>
       <c r="H108" t="s">
-        <v>417</v>
+        <v>407</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>418</v>
+        <v>408</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>419</v>
+        <v>409</v>
       </c>
       <c r="D109" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E109" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F109" t="s">
-        <v>184</v>
+        <v>410</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="H109" t="s">
-        <v>421</v>
+        <v>412</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>422</v>
+        <v>413</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="D110" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E110" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F110" t="s">
-        <v>225</v>
+        <v>248</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="H110" t="s">
-        <v>425</v>
+        <v>416</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>426</v>
+        <v>417</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>427</v>
+        <v>418</v>
       </c>
       <c r="D111" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E111" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F111" t="s">
-        <v>180</v>
+        <v>203</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>428</v>
+        <v>419</v>
       </c>
       <c r="H111" t="s">
-        <v>429</v>
+        <v>420</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>430</v>
+        <v>421</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>431</v>
+        <v>422</v>
       </c>
       <c r="D112" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E112" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F112" t="s">
-        <v>191</v>
+        <v>423</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>432</v>
+        <v>424</v>
       </c>
       <c r="H112" t="s">
-        <v>433</v>
+        <v>425</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>434</v>
+        <v>426</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>435</v>
+        <v>427</v>
       </c>
       <c r="D113" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E113" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F113" t="s">
-        <v>191</v>
+        <v>203</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>436</v>
+        <v>428</v>
       </c>
       <c r="H113" t="s">
-        <v>437</v>
+        <v>429</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>438</v>
+        <v>430</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>439</v>
+        <v>431</v>
       </c>
       <c r="D114" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E114" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F114" t="s">
-        <v>229</v>
+        <v>432</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>440</v>
+        <v>433</v>
       </c>
       <c r="H114" t="s">
-        <v>441</v>
+        <v>434</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>442</v>
+        <v>435</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>443</v>
+        <v>436</v>
       </c>
       <c r="D115" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E115" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F115" t="s">
-        <v>444</v>
+        <v>207</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>445</v>
+        <v>437</v>
       </c>
       <c r="H115" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="D116" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E116" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F116" t="s">
-        <v>229</v>
+        <v>248</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="H116" t="s">
-        <v>450</v>
+        <v>442</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>451</v>
+        <v>443</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>452</v>
+        <v>444</v>
       </c>
       <c r="D117" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E117" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F117" t="s">
-        <v>225</v>
+        <v>203</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>453</v>
+        <v>445</v>
       </c>
       <c r="H117" t="s">
-        <v>454</v>
+        <v>446</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>455</v>
+        <v>447</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>456</v>
+        <v>448</v>
       </c>
       <c r="D118" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E118" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F118" t="s">
-        <v>180</v>
+        <v>214</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>457</v>
+        <v>449</v>
       </c>
       <c r="H118" t="s">
-        <v>458</v>
+        <v>450</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>459</v>
+        <v>451</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="D119" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E119" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F119" t="s">
-        <v>300</v>
+        <v>214</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>461</v>
+        <v>453</v>
       </c>
       <c r="H119" t="s">
-        <v>462</v>
+        <v>454</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>463</v>
+        <v>455</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
       <c r="D120" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E120" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F120" t="s">
-        <v>180</v>
+        <v>252</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>465</v>
+        <v>457</v>
       </c>
       <c r="H120" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>467</v>
+        <v>459</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>468</v>
+        <v>460</v>
       </c>
       <c r="D121" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E121" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F121" t="s">
-        <v>225</v>
+        <v>461</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>469</v>
+        <v>462</v>
       </c>
       <c r="H121" t="s">
-        <v>470</v>
+        <v>463</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>472</v>
+        <v>465</v>
       </c>
       <c r="D122" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E122" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F122" t="s">
-        <v>191</v>
+        <v>252</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>473</v>
+        <v>466</v>
       </c>
       <c r="H122" t="s">
-        <v>474</v>
+        <v>467</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>475</v>
+        <v>468</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
       <c r="D123" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E123" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F123" t="s">
-        <v>477</v>
+        <v>248</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>478</v>
+        <v>470</v>
       </c>
       <c r="H123" t="s">
-        <v>479</v>
+        <v>471</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>480</v>
+        <v>472</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>481</v>
+        <v>473</v>
       </c>
       <c r="D124" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E124" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F124" t="s">
-        <v>191</v>
+        <v>203</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="H124" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>484</v>
+        <v>476</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>485</v>
+        <v>477</v>
       </c>
       <c r="D125" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E125" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F125" t="s">
-        <v>184</v>
+        <v>322</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>486</v>
+        <v>478</v>
       </c>
       <c r="H125" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>488</v>
+        <v>480</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>489</v>
+        <v>481</v>
       </c>
       <c r="D126" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E126" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F126" t="s">
-        <v>225</v>
+        <v>203</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>490</v>
+        <v>482</v>
       </c>
       <c r="H126" t="s">
-        <v>491</v>
+        <v>483</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>492</v>
+        <v>484</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>493</v>
+        <v>485</v>
       </c>
       <c r="D127" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E127" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F127" t="s">
-        <v>494</v>
+        <v>248</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>495</v>
+        <v>486</v>
       </c>
       <c r="H127" t="s">
-        <v>496</v>
+        <v>487</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>497</v>
+        <v>488</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>498</v>
+        <v>489</v>
       </c>
       <c r="D128" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E128" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F128" t="s">
-        <v>499</v>
+        <v>214</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>500</v>
+        <v>490</v>
       </c>
       <c r="H128" t="s">
-        <v>501</v>
+        <v>491</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>502</v>
+        <v>492</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>503</v>
+        <v>493</v>
       </c>
       <c r="D129" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E129" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F129" t="s">
         <v>494</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>504</v>
+        <v>495</v>
       </c>
       <c r="H129" t="s">
-        <v>505</v>
+        <v>496</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>506</v>
+        <v>497</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>507</v>
+        <v>498</v>
       </c>
       <c r="D130" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E130" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F130" t="s">
-        <v>508</v>
+        <v>214</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>509</v>
+        <v>499</v>
       </c>
       <c r="H130" t="s">
-        <v>510</v>
+        <v>500</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>511</v>
+        <v>501</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
       <c r="D131" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E131" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F131" t="s">
-        <v>195</v>
+        <v>207</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>513</v>
+        <v>503</v>
       </c>
       <c r="H131" t="s">
-        <v>514</v>
+        <v>504</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>515</v>
+        <v>505</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>516</v>
+        <v>506</v>
       </c>
       <c r="D132" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E132" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F132" t="s">
-        <v>517</v>
+        <v>248</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>518</v>
+        <v>507</v>
       </c>
       <c r="H132" t="s">
-        <v>519</v>
+        <v>508</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>520</v>
+        <v>509</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>521</v>
+        <v>510</v>
       </c>
       <c r="D133" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E133" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F133" t="s">
-        <v>191</v>
+        <v>511</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>522</v>
+        <v>512</v>
       </c>
       <c r="H133" t="s">
-        <v>523</v>
+        <v>513</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>524</v>
+        <v>514</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>525</v>
+        <v>515</v>
       </c>
       <c r="D134" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="E134" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="F134" t="s">
-        <v>229</v>
+        <v>516</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>526</v>
+        <v>517</v>
       </c>
       <c r="H134" t="s">
-        <v>527</v>
+        <v>518</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>528</v>
+        <v>519</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>152</v>
+        <v>520</v>
       </c>
       <c r="D135" t="s">
-        <v>529</v>
+        <v>197</v>
       </c>
       <c r="E135" t="s">
-        <v>530</v>
+        <v>198</v>
       </c>
       <c r="F135" t="s">
-        <v>176</v>
+        <v>511</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>531</v>
+        <v>521</v>
       </c>
       <c r="H135" t="s">
-        <v>532</v>
+        <v>522</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>533</v>
+        <v>523</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>158</v>
+        <v>524</v>
       </c>
       <c r="D136" t="s">
-        <v>529</v>
+        <v>197</v>
       </c>
       <c r="E136" t="s">
-        <v>530</v>
+        <v>198</v>
       </c>
       <c r="F136" t="s">
-        <v>191</v>
+        <v>525</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>534</v>
+        <v>526</v>
       </c>
       <c r="H136" t="s">
-        <v>535</v>
+        <v>527</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>536</v>
+        <v>528</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>162</v>
+        <v>529</v>
       </c>
       <c r="D137" t="s">
-        <v>529</v>
+        <v>197</v>
       </c>
       <c r="E137" t="s">
+        <v>198</v>
+      </c>
+      <c r="F137" t="s">
+        <v>218</v>
+      </c>
+      <c r="G137" s="1" t="s">
         <v>530</v>
       </c>
-      <c r="F137" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H137" t="s">
-        <v>538</v>
+        <v>531</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>539</v>
+        <v>532</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>152</v>
+        <v>533</v>
       </c>
       <c r="D138" t="s">
-        <v>540</v>
+        <v>197</v>
       </c>
       <c r="E138" t="s">
-        <v>541</v>
+        <v>198</v>
       </c>
       <c r="F138" t="s">
-        <v>184</v>
+        <v>534</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>542</v>
+        <v>535</v>
       </c>
       <c r="H138" t="s">
-        <v>543</v>
+        <v>536</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>544</v>
+        <v>537</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>158</v>
+        <v>538</v>
       </c>
       <c r="D139" t="s">
+        <v>197</v>
+      </c>
+      <c r="E139" t="s">
+        <v>198</v>
+      </c>
+      <c r="F139" t="s">
+        <v>214</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="H139" t="s">
         <v>540</v>
-      </c>
-[...10 lines deleted...]
-        <v>546</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>547</v>
+        <v>541</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>162</v>
+        <v>542</v>
       </c>
       <c r="D140" t="s">
-        <v>540</v>
+        <v>197</v>
       </c>
       <c r="E140" t="s">
-        <v>541</v>
+        <v>198</v>
       </c>
       <c r="F140" t="s">
-        <v>225</v>
+        <v>252</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>548</v>
+        <v>543</v>
       </c>
       <c r="H140" t="s">
-        <v>549</v>
+        <v>544</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>550</v>
+        <v>545</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>10</v>
+        <v>546</v>
       </c>
       <c r="D141" t="s">
-        <v>540</v>
+        <v>197</v>
       </c>
       <c r="E141" t="s">
-        <v>541</v>
+        <v>198</v>
       </c>
       <c r="F141" t="s">
-        <v>195</v>
+        <v>547</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>551</v>
+        <v>548</v>
       </c>
       <c r="H141" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>550</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>551</v>
+      </c>
+      <c r="D142" t="s">
+        <v>197</v>
+      </c>
+      <c r="E142" t="s">
+        <v>198</v>
+      </c>
+      <c r="F142" t="s">
+        <v>248</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="H142" t="s">
         <v>553</v>
-      </c>
-[...19 lines deleted...]
-        <v>555</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>554</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>175</v>
+      </c>
+      <c r="D143" t="s">
+        <v>555</v>
+      </c>
+      <c r="E143" t="s">
         <v>556</v>
       </c>
-      <c r="B143" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F143" t="s">
-        <v>13</v>
+        <v>199</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>557</v>
       </c>
       <c r="H143" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>559</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>152</v>
+        <v>181</v>
       </c>
       <c r="D144" t="s">
+        <v>555</v>
+      </c>
+      <c r="E144" t="s">
+        <v>556</v>
+      </c>
+      <c r="F144" t="s">
+        <v>214</v>
+      </c>
+      <c r="G144" s="1" t="s">
         <v>560</v>
       </c>
-      <c r="E144" t="s">
-[...5 lines deleted...]
-      <c r="G144" s="1" t="s">
+      <c r="H144" t="s">
         <v>561</v>
-      </c>
-[...1 lines deleted...]
-        <v>552</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>562</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>485</v>
+        <v>185</v>
       </c>
       <c r="D145" t="s">
+        <v>555</v>
+      </c>
+      <c r="E145" t="s">
+        <v>556</v>
+      </c>
+      <c r="F145" t="s">
+        <v>214</v>
+      </c>
+      <c r="G145" s="1" t="s">
         <v>563</v>
       </c>
-      <c r="E145" t="s">
+      <c r="H145" t="s">
         <v>564</v>
       </c>
-      <c r="F145" t="s">
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>565</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>175</v>
+      </c>
+      <c r="D146" t="s">
+        <v>566</v>
+      </c>
+      <c r="E146" t="s">
+        <v>567</v>
+      </c>
+      <c r="F146" t="s">
+        <v>207</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="H146" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>570</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>181</v>
+      </c>
+      <c r="D147" t="s">
+        <v>566</v>
+      </c>
+      <c r="E147" t="s">
+        <v>567</v>
+      </c>
+      <c r="F147" t="s">
+        <v>214</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="H147" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>573</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>185</v>
+      </c>
+      <c r="D148" t="s">
+        <v>566</v>
+      </c>
+      <c r="E148" t="s">
+        <v>567</v>
+      </c>
+      <c r="F148" t="s">
+        <v>248</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="H148" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>576</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>10</v>
+      </c>
+      <c r="D149" t="s">
+        <v>566</v>
+      </c>
+      <c r="E149" t="s">
+        <v>567</v>
+      </c>
+      <c r="F149" t="s">
+        <v>218</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="H149" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>579</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>17</v>
+      </c>
+      <c r="D150" t="s">
+        <v>566</v>
+      </c>
+      <c r="E150" t="s">
+        <v>567</v>
+      </c>
+      <c r="F150" t="s">
+        <v>199</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="H150" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>582</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>21</v>
+      </c>
+      <c r="D151" t="s">
+        <v>566</v>
+      </c>
+      <c r="E151" t="s">
+        <v>567</v>
+      </c>
+      <c r="F151" t="s">
+        <v>207</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="H151" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>585</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>25</v>
+      </c>
+      <c r="D152" t="s">
+        <v>566</v>
+      </c>
+      <c r="E152" t="s">
+        <v>567</v>
+      </c>
+      <c r="F152" t="s">
+        <v>248</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="H152" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>588</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>29</v>
+      </c>
+      <c r="D153" t="s">
+        <v>566</v>
+      </c>
+      <c r="E153" t="s">
+        <v>567</v>
+      </c>
+      <c r="F153" t="s">
+        <v>252</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="H153" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>591</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>341</v>
+      </c>
+      <c r="D154" t="s">
+        <v>566</v>
+      </c>
+      <c r="E154" t="s">
+        <v>567</v>
+      </c>
+      <c r="F154" t="s">
         <v>13</v>
       </c>
-      <c r="G145" s="1" t="s">
-[...3 lines deleted...]
-        <v>566</v>
+      <c r="G154" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="H154" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>594</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>175</v>
+      </c>
+      <c r="D155" t="s">
+        <v>595</v>
+      </c>
+      <c r="E155" t="s">
+        <v>595</v>
+      </c>
+      <c r="F155" t="s">
+        <v>218</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="H155" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>597</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>502</v>
+      </c>
+      <c r="D156" t="s">
+        <v>598</v>
+      </c>
+      <c r="E156" t="s">
+        <v>599</v>
+      </c>
+      <c r="F156" t="s">
+        <v>13</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="H156" t="s">
+        <v>601</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6154,50 +6550,61 @@
     <hyperlink ref="G121" r:id="rId120"/>
     <hyperlink ref="G122" r:id="rId121"/>
     <hyperlink ref="G123" r:id="rId122"/>
     <hyperlink ref="G124" r:id="rId123"/>
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>