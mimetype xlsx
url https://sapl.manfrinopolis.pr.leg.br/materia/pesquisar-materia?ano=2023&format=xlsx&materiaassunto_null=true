--- v0 (2025-10-01)
+++ v1 (2026-03-10)
@@ -54,1421 +54,1421 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Ilena de Fátima Pegoraro Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/476/proposicao_de_lei_n_01_do_poder_executivo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/476/proposicao_de_lei_n_01_do_poder_executivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL DESAFETAR ÁREA DE USO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/478/proposicao_de_lei_n_02-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/478/proposicao_de_lei_n_02-2023.pdf</t>
   </si>
   <si>
     <t>Altera/acrescenta e revoga dispositivos da Lei Municipal nº 529/2014 e Lei Municipal n° 0464/2012, com suas alterações posteriores e dá outras providências.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/479/proposicao_de_lei_n_03-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/479/proposicao_de_lei_n_03-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reposição inflacionária e dá outras providências.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Altair Panzera</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/480/01_-_legislativo_-_recomposicao_servidores_camara.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/480/01_-_legislativo_-_recomposicao_servidores_camara.pdf</t>
   </si>
   <si>
     <t>Concede atualização salarial aos servidores ocupantes de cargos de provimento efetivo e comissionados da Câmara Municipal de Manfrinópolis, e dá outras providências.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Altair Panzera, José João Machado Filho, Marcos Antônio Francisconi</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/481/02_-_legislativo_-_recomposicao_de_subsidios_vereadores.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/481/02_-_legislativo_-_recomposicao_de_subsidios_vereadores.pdf</t>
   </si>
   <si>
     <t>Revisa os subsídios dos Vereadores e do Presidente da Câmara Municipal de Manfrinópolis, e dá outras providências.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/482/03_-_legislativo_-_fixa_subsidios_prefeita_e_outros.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/482/03_-_legislativo_-_fixa_subsidios_prefeita_e_outros.pdf</t>
   </si>
   <si>
     <t>Altera/acrescenta dispositivos da Lei Municipal nº 0609/2016 a qual fixa os subsídios do Prefeito e do Vice-Prefeito e dos Secretários Municipais de Manfrinópolis, Estado do Paraná.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/483/proposicao_de_lei_n_04-2023_do_poder_executivo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/483/proposicao_de_lei_n_04-2023_do_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar termo de concessão de uso de equipamentos Públicos como incentivo à geração de emprego e industrialização, com encargos, à empresa Sebastião Rodrigues Serviços LTDA</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/485/projeto_de_lei_no_007-_2023_credito_especial_suplementar.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/485/projeto_de_lei_no_007-_2023_credito_especial_suplementar.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir um Crédito Adicional Especial e Suplementar, no orçamento geral do corrente exercício.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/497/projeto_de_lei_no_010-2023_-_incentivo_aluguel_a_empresa_ae_uniformes_ltda.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/497/projeto_de_lei_no_010-2023_-_incentivo_aluguel_a_empresa_ae_uniformes_ltda.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder incentivo aluguel, de bem imóvel de particulares, à empresa AE UNIFORMES LTDA e dá outras providências</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/502/proposta_legislativa_do_poder_executivo_no_008_-_2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/502/proposta_legislativa_do_poder_executivo_no_008_-_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Municipal de Cultura do Município de Manfrinópolis, seus princípios, objetivos, estrutura, organização, gestão, interrelação entre seus componentes, recursos humanos, instituição do fundo municipal de incentivo a cultura e dá outras providências</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/503/projeto_de_lei_no_011-2023_-_dispoe_sobre_a_politica_municipal_dos_direitos_da_crianca_e_do_adolescente.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/503/projeto_de_lei_no_011-2023_-_dispoe_sobre_a_politica_municipal_dos_direitos_da_crianca_e_do_adolescente.pdf</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre a Política Municipal de Atendimento aos Direitos da Criança e do Adolescente, do Conselho Municipal dos Direitos da Criança e do Adolescente, do Conselho Tutelar, e o Fundo Municipal dos Direitos da Criança e do Adolescente do Município de Manfrinópolis - Paraná, e dá outras Providências.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Ademir da Rosa, Altair Panzera, Claudia Favero, Fernando Gandin, José João Machado Filho, Luiz Fernando Lopes da Costa, Manoel Vanderlei Lopes, Marcos Antônio Francisconi, Sidney José Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/509/pl_12-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/509/pl_12-2023.pdf</t>
   </si>
   <si>
     <t>Estabelece cotas raciais para os concursos públicos realizados no município de Manfrinópolis/PR e dá outras providências.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/520/projeto_de_lei_n_12-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/520/projeto_de_lei_n_12-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a fornecer manutenção e reposição de peças, combustível e recapagens de pneus para o funcionamento das máquinas agrícolas cedidas para as patrulhas agrícolas das associações e comunidades do interior, e dá outras providências.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/764/projeto_de_lei_n_013_-_sim.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/764/projeto_de_lei_n_013_-_sim.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do  Serviço de Inspeção Municipal de  Produtos de Origem Animal (SIM/POA) e  revoga a Lei 0738/2021.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/781/projeto_de_lei_n_13_do_poder_executivo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/781/projeto_de_lei_n_13_do_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o recebimento de imóvel em doação, e dá outras providências.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/782/projeto_de_lei_no_15_-_credito_adicional_suplementar_e_especial.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/782/projeto_de_lei_no_15_-_credito_adicional_suplementar_e_especial.pdf</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/783/projeto_de_lei_14-2023_e__anexos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/783/projeto_de_lei_14-2023_e__anexos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da Lei Orçamentária do Município de MANFRINÓPOLIS para o exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/804/projeto_de_lei_n_19.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/804/projeto_de_lei_n_19.pdf</t>
   </si>
   <si>
     <t>SÚMULA: Autoriza o Executivo Municipal a conceder direito real de uso, com encargos, de bem imóvel, à empresa FRANCIELE RECHEMBACH 07546154995, CNPJ n° 45.530312/0001-45;</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/814/projeto_de_lei_24_-_com_mapa.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/814/projeto_de_lei_24_-_com_mapa.pdf</t>
   </si>
   <si>
     <t>“Institui o Perímetro Urbano do Município de Manfrinópolis e dá outras providências"</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/815/projeto_de_lei_n_25.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/815/projeto_de_lei_n_25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Viário de Manfrinópolis alterando a redação da Lei Nº. 425/10 de 10.12.2010 e dá outras providências.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/816/projeto_de_lei_n_26.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/816/projeto_de_lei_n_26.pdf</t>
   </si>
   <si>
     <t>"Altera lei n° 0427/2010 de 17.12.2010 e dá outras providências."</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/817/projeto_de_lei_n_27.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/817/projeto_de_lei_n_27.pdf</t>
   </si>
   <si>
     <t>Altera lei n° 0428/2010 de 10.12.2010 e dá outras providências</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/818/projeto_de_lei_n_28.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/818/projeto_de_lei_n_28.pdf</t>
   </si>
   <si>
     <t>Altera lei n° 0429/2010 de_x000D_
 10.12.2010 e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/825/projeto_de_lei_do_poder_executivo_no_17_-_concessao_associacao_agricultores_linha_gleba_dos_moros.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/825/projeto_de_lei_do_poder_executivo_no_17_-_concessao_associacao_agricultores_linha_gleba_dos_moros.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a firmar Termo de Permissão de uso de Bens Públicos Municipais e da outras providências”</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/826/projeto_de_lei_do_poder_executivo_no_21_-_associacao_de_agricultores_da_linha_3_de_maio.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/826/projeto_de_lei_do_poder_executivo_no_21_-_associacao_de_agricultores_da_linha_3_de_maio.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a firmar Termo de Permissão de uso de Bens Públicos Municipais e da outras providências"</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/827/projeto_de_lei_do_poder_executivo_no_22_-_concessao_a_associacao_de_agricultores_da_linha_sao_joao.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/827/projeto_de_lei_do_poder_executivo_no_22_-_concessao_a_associacao_de_agricultores_da_linha_sao_joao.pdf</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/828/projeto_de_lei_n_18_-_permissao_de_uso_-_concesssao_-_vida_na_roca_-_barra_grande.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/828/projeto_de_lei_n_18_-_permissao_de_uso_-_concesssao_-_vida_na_roca_-_barra_grande.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a firmar Termo de Permissão de uso de Bens Públicos Municipais e dá outras providências."</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/829/projeto_de_lei_do_poder_executivo_no_005.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/829/projeto_de_lei_do_poder_executivo_no_005.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A OUTORGAR CONCESSÃO ONEROSA DE USO DE ESPAÇO PÚBLICO QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/830/projeto_de_lei_n_23-2023-_loa.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/830/projeto_de_lei_n_23-2023-_loa.pdf</t>
   </si>
   <si>
     <t>SÚMULA: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MANFRINÓPOLIS PARA O EXERCÍCIO DE 2024.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/836/projeto_de_lei_n_28_-_cria_o_fundo_municipal_da_educacao.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/836/projeto_de_lei_n_28_-_cria_o_fundo_municipal_da_educacao.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DE EDUCAÇÃO - FME E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/839/projeto_de_lei_no_023_-_credito_suplementar_especial.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/839/projeto_de_lei_no_023_-_credito_suplementar_especial.pdf</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/842/projeto_de_lei_-_repasse_piso_da_enfermagem.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/842/projeto_de_lei_-_repasse_piso_da_enfermagem.pdf</t>
   </si>
   <si>
     <t>SÚMULA: Autoriza o Poder Executivo a efetuar repasse da assistência financeira complementar recebida da União a ser destinada aos servidores, contratados temporários e empregados públicos ocupantes dos cargos/funções de enfermeiros, técnicos e auxiliares de enfermagem, e dá outras providências.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/843/projeto_de_lei__refis_2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/843/projeto_de_lei__refis_2023.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal no município de Manfrinópolis (REFIS 2023) e da outras providências.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/851/13_-_legislativo_-_altera_plano_de_cargos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/851/13_-_legislativo_-_altera_plano_de_cargos.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 635/2017 que estabelece o Quadro Único de Pessoal da Câmara Municipal de Vereadores de Manfrinópolis, dispõe sobre o Plano de Cargos, Carreira e Valorização do Servidor Público (PCCVSP) ocupante de cargo efetivo da Câmara Municipal de Vereadores de Manfrinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CRJ - Comissão de Redação e Justiça</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/655/emenda_001-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/655/emenda_001-2023.pdf</t>
   </si>
   <si>
     <t>Altera o projeto de lei 13/2023 que prevê: Autoriza o Município a fornecer manutenção e reposição de peças, combustível e recapagens de pneus para o funcionamento das máquinas agrícolas cedidas para as patrulhas agrícolas das associações e comunidades do interior, e dá outras providências.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Altair Panzera, Domingos Alberto Rech, José João Machado Filho, Manoel Vanderlei Lopes, Marcos Antônio Francisconi</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/486/indicacao_001-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/486/indicacao_001-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de criar um projeto para distribuição de calcário para nossos agricultores, assim atendendo as necessidades da fertilização das terras dos nossos agricultores.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/487/indicacao_002-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/487/indicacao_002-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar a compra de um Rolo Compactador, assim atendendo as necessidades das estradas do nosso município.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/488/indicacao_003-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/488/indicacao_003-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui  respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal,  através do setor competente, que tome as providências necessárias no sentido de  realizar a um recape geral no Asfalto que dá acesso da PR 182 a comunidade Barra  Grande, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/489/indicacao_004-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/489/indicacao_004-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui  respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal,  através do setor competente, que tome as providências necessárias no sentido de  construir um calçamento na estrada do roncador com início na propriedade do senhor  Valdecir dos Santos até a propriedade do senhor Rubens Lopes, assim possibilitando  um trafego mais seguro aos nossos munícipes.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/490/indicacao_005-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/490/indicacao_005-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui  respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal,  através do setor competente, que tome as providências necessárias, como no fim do  ano de 2022 a Câmara Municipal de Vereadores realizou um repasse a Prefeitura  Municipal, com o referido valor indicamos que a prefeitura realize um repasse para as  associações do nosso município, como uma forma de ajudar ou influenciar nossas  associações a exercer um trabalho com mais recursos.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/491/indicacao_006-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/491/indicacao_006-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui  respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal,  através do setor competente, que tome as providências necessárias no sentido de  realizar a construção de um padrão de luz na entrada do cemitério da comunidade  Barra-Grande, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>Ademir da Rosa, Fernando Gandin, Luiz Fernando Lopes da Costa, Sidney José Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/492/indicacao_007-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/492/indicacao_007-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar a construção de uma iluminação Pública na Rua Valter Manfrin, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/493/indicacao_008-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/493/indicacao_008-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de adquirir mesas e cadeiras novas para o Centro do Idoso, assim a Prefeitura Municipal podendo efetuar suas reuniões com equipamentos novos.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/494/indicacao_009-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/494/indicacao_009-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de construir uma linha de água nas comunidades Santo Antônio e Cabeceira do Barra Grande.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>Altair Panzera, José João Machado Filho, Manoel Vanderlei Lopes, Marcos Antônio Francisconi</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/498/indicacao_010-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/498/indicacao_010-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui  respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de adquirir um Distribuidor de Adubo para comunidade do São João, assim atendendo as necessidades da comunidade.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/499/indicacao_011-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/499/indicacao_011-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui  respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal,  através do setor competente, que tome as providências necessárias no sentido de  adquirir um caminhão traçado, pois nosso município tem uma grande demanda sobre este veículo, assim atendendo as necessidades do nosso município.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/500/indicacao_012-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/500/indicacao_012-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui  respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal,  através do setor competente, que tome as providências necessárias no sentido de  realizar a instalação de câmeras de segurança no colégio da Comunidade Barra Grande,  assim oferecendo mais segurança as nossas crianças.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/501/indicacao_013-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/501/indicacao_013-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui  respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal,  através do setor competente, que tome as providências necessárias no sentido de  realizar a construção de dois quebra-molas na Rua Ernesto Panzera, assim atendendo  as necessidades do local.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>Altair Panzera, Claudia Favero, José João Machado Filho, Manoel Vanderlei Lopes, Marcos Antônio Francisconi, Sidney José Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/504/indicacao_014-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/504/indicacao_014-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar um calçamento no novo loteamento, com início na propriedade do senhor Airto Bilhar até no início da PR-182, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>Altair Panzera, Claudia Favero, José João Machado Filho, Manoel Vanderlei Lopes, Marcos Antônio Francisconi</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/505/indicacao_015-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/505/indicacao_015-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de adquirir um distribuidor de ureia para associação do São João, assim atendendo as necessidades dos nossos agricultores.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/506/indicacao_016_-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/506/indicacao_016_-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar uma pavimentação poliédrica na estrada que dá acesso ao ginásio municipal da comunidade Barra Grande, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/507/indicacao_017_-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/507/indicacao_017_-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de reformar ou substituir uma tubulação perto da propriedade do senhor Joilson de Oliveira na comunidade Barra Grande, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/510/indicacao_018_-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/510/indicacao_018_-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar uma pavimentação poliédrica com início na linha Squena até a casa do senhor Leodonho Pires, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/511/indicacao_019_-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/511/indicacao_019_-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar uma pavimentação poliédrica com início na PR-182 até a linha Santo Antônio, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/513/indicacao_020_-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/513/indicacao_020_-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar uma pavimentação poliédrica com início na comunidade Santa Terezinha até a comunidade Planaltinho, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/514/indicacao_021_-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/514/indicacao_021_-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar a construção de um ponto de ônibus na comunidade do Rio Tunal, assim atendendo as necessidades dos nossos alunos.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/515/indicacao_022_-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/515/indicacao_022_-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar uma a campanha para soltura de peixes no lago municipal, assim todas as Quinta-Feira Santa realizando um evento com pesca livre aos nossos munícipes.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/517/indicacao_023_-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/517/indicacao_023_-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de contratar uma Fisioterapeuta, assim atendendo as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/518/indicacao_024_-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/518/indicacao_024_-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de contratar uma empresa que forneça serviço de segurança para as nossas escolas municipais, assim oferecendo segurança aos nossos estudantes.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/521/indicacao_025_-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/521/indicacao_025_-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de transferir o Conselho Tutelar para repartições públicas, assim gerando economia para o nosso município.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/522/indicacao_026_-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/522/indicacao_026_-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de construir mais salas de aula, e também para realizar as reformas necessárias, no colégio da comunidade Barra Grande, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/656/indicacao_027_-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/656/indicacao_027_-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de tornar a APMF do CMEI Mundo Encantado uma Utilidade Pública, sendo assim a mesma terá a possibilidade de captar recursos tanto no âmbito Federal quanto Estadual, para o desenvolvimento de projetos, assim atendendo as necessidades dos estudantes.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/657/indicacao_028_-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/657/indicacao_028_-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de concertar as goteiras e vidros do ginásio da comunidade Barra Grande, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/658/indicacao_029_-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/658/indicacao_029_-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de fazer a substituição da areia do parquinho municipal, e também fazer a troca do portão, para um portão automático onde dificulte a entrada de animais, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/773/indicacao_030_-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/773/indicacao_030_-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de Asfaltar as cabeceiras da ponte que dá acesso ao loteamento novo, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/775/indicacao_031_-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/775/indicacao_031_-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal,  através do setor competente, que tome as providências necessárias no sentido de  realizar o recape asfáltico com início na Avenida São Cristóvão até a ponte que dá acesso  ao loteamento novo, assim evitando que a água fique acumulada na rua, assim  atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/776/indicacao_032_-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/776/indicacao_032_-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui  respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal,  através do setor competente, que tome as providências necessárias no sentido de fazer  pavimentação poliédrica com início na entrada da propriedade da Senhora Ilza Moraes  até o Pátio de Maquinas, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/777/indicacao_033-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/777/indicacao_033-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui  respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal,  através do setor competente, que tome as providências necessárias no sentido de fazer  uma reforma no antigo colégio do Savanhago, desta forma pode-se estar realizando uma concessão de uso as Agroindústrias, assim considerando novas oportunidades de emprego a nosso município.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>Fernando Gandin, Marcos Antônio Francisconi</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/778/indicacao_034-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/778/indicacao_034-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de retomar as atividades do viveiro municipal, assim incentivando o plantio de frutas e o reflorestamento do nosso município.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/784/indicacao_035-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/784/indicacao_035-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui  respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal,  através do setor competente, que tome as providências necessárias no sentido de fazer  uma pavimentação poliédrica na subida do Darci Freitas, Valmor Borges e demais  moradores, a mesma dá acesso ao asfalto próximo a comunidade da Linha Freire, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Ademir da Rosa, Claudia Favero, Fernando Gandin, Luiz Fernando Lopes da Costa, Sidney José Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/786/indicacao_036-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/786/indicacao_036-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui  respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal,  através do setor competente, que tome as providências necessárias no sentido de  Construir uma sala para atendimento Odontológico no posto de Saúde da Comunidade  do Barra Grande, e também fazer a contratação de um Dentista para atender as crianças da escola e os demais que precisam, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/805/indicacao_037-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/805/indicacao_037-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui  respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal,  através do setor competente, que tome as providências necessárias no sentido de realizar manutenção e abertura de uma estrada Vicinal da entrada do Saltinho até a  Comunidade do Planalto, para suprir as necessidades dos moradores e facilitar o acesso de máquinas agrícolas. Assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/807/indicacao_038-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/807/indicacao_038-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui  respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal,  através do setor competente, que tome as providências necessárias no sentido de realizar a abertura de uma estrada da propriedade de Antônio Garcia até a propriedade  de Orlando Gonçalves Pontes na Comunidade do Savanhago, assim atendendo as  necessidades do local.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/808/indicacao_039-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/808/indicacao_039-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui  respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal,  através do setor competente, que tome as providências necessárias no sentido de realizar a construção de dois quebra-molas com as devidas sinalizações na Linha  Planaltinho em frente ao bar do Augusto e demais propriedades, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/809/indicacao_040-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/809/indicacao_040-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui  respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal,  através do setor competente, que tome as providências necessárias no sentido de dispor  de placas de sinalização no cruzamento que dá acesso ao Colégio Estadual São  Cristóvão e a Linha São Jorge, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/810/indicacao_041-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/810/indicacao_041-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar a construção de dois banheiros no Cemitério Municipal. Assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/811/indicacao_042-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/811/indicacao_042-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de reabrir a estrada em frente a casa do Alcir Blau (Neguinho Blau). Assim facilitando a passagem do transporte escolar, e consequentemente trazendo mais segurança aos estudantes.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/812/indicacao_043-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/812/indicacao_043-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar pavimentação poliédrica na serra dos Paulis, da propriedade do Lirio Pauli até a propriedade do Mario Pauli, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/813/indicacao_044-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/813/indicacao_044-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de fazer a aquisição de calcário através do Governo do Estado para os Agricultores, assim atendendo as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/819/indicacao_045-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/819/indicacao_045-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar uma readequação nas seguintes estradas rurais: Cidade até Santa Terezinha, Canarinho até Barra Grande. Assim possibilitando que nosso município consiga adquirir futuros recursos para Pavimentação Asfáltica e Poliédrica. Como é de conhecimento do Município que a Usina Hidrelétrica Itaipu tem a intenção de destinar vários recursos aos municípios.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/820/indicacao_046-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/820/indicacao_046-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar a pintura externa do Ginásio Municipal de Esporte, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/821/indicacao_047-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/821/indicacao_047-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar o envio de um Ofício ao DER, pedindo que seja realizado o estudo na PR182 para saber se há possibilidade de fazer a construção de um trevo na Linha Freire, assim diminuindo os riscos de acidente.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/834/indicacao_048-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/834/indicacao_048-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de adquirir um Pulverizador para a Associação da Linha Tancredo Bengher, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/837/indicacao_049-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/837/indicacao_049-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de reformar ou fazer a troca das cadeiras da secretária da saúde, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/840/indicacao_050-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/840/indicacao_050-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de asfaltar a estrada principal da comunidade São Jorge, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/841/indicacao_051-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/841/indicacao_051-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de adquirir uma plantadeira para a associação da comunidade Três de Maio, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/844/indicacao_052-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/844/indicacao_052-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de revisar o salário dos professores municipais pois os mesmos são merecedores do seu piso salarial, a atualização do piso salarial dos professores é de fundamental importância, visto que o piso nacional da categoria é o valor mínimo a ser pago aos professores públicos da educação, assim atendendo as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/779/01-_projeto_de_resolucao_n001-2023_do_legislativo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/779/01-_projeto_de_resolucao_n001-2023_do_legislativo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo Municipal a abrir um Crédito Adicional Especial, no orçamento  geral do Corrente exercício.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/847/resolucao_n_02-2023_-_regulamento_lgpd.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/847/resolucao_n_02-2023_-_regulamento_lgpd.pdf</t>
   </si>
   <si>
     <t>Regulamenta a aplicação da Lei Federal nº 13.709, de 14 de agosto de 2018, Lei Geral de Proteção de Dados Pessoais (LGPD), no âmbito da, no âmbito da Câmara Municipal de Manfrinópolis – Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/848/resolucao_n_03-2023_-_regulamento_lei_de_acesso_a_informacao.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/848/resolucao_n_03-2023_-_regulamento_lei_de_acesso_a_informacao.pdf</t>
   </si>
   <si>
     <t>Regulamenta o Acesso à Informação Pública pelo Cidadão (Lei Federal nº 12.527/2011), no âmbito do Poder Legislativo Municipal, cria Normas de Procedimentos e dá outras providências.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/849/resolucao_n_04-2023_-_regulamento_governo_digital.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/849/resolucao_n_04-2023_-_regulamento_governo_digital.pdf</t>
   </si>
   <si>
     <t>Regulamenta a aplicação da Lei Federal nº 14.129/2021 e institui o Programa Municipal de Governo Digital no âmbito do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/850/resolucao_n_05-2023_-_regulamento_ouvidoria.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/850/resolucao_n_05-2023_-_regulamento_ouvidoria.pdf</t>
   </si>
   <si>
     <t>Regulamenta os procedimentos para a participação, a proteção e a defesa dos direitos dos usuários de serviços públicos da Câmara Municipal, no âmbito do Poder Legislativo do município de Manfrinópolis – Paraná, de que trata a Lei Federal nº 13.460, de 26 de junho de 2017, e institui a Ouvidoria da Câmara Municipal de Manfrinópolis – Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Sidney José Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/495/requerimento_n001-2023-_mocao_de_aplauso.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/495/requerimento_n001-2023-_mocao_de_aplauso.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, no uso de suas atribuições legais e na forma do artigo 148º do Regimento Interno da Câmara Municipal de Vereadores de Manfrinópolis- PR, apresenta essa MOÇÃO DE APLAUSOS  a ARSS: ASSOCIAÇÃO REGIONAL DE SAÚDE DO SUDOESTE- CAPS AD III REGIONAL, pelos serviços prestados a este munícipio._x000D_
 _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 Venho por meio deste requerimento ter a honra de apresentar esta moção de aplausos a ARSS: ASSOCIAÇÃO REGIONAL DE SAÚDE DO SUDOESTE- CAPS AD III REGIONAL, CNPJ: 00.333.678/0001-96 que se localiza na Rua Rigoleto Andréoli, 17 - Centro, Marmeleiro – PR, o mesmo foi fundado no dia 01/03/2014, com o propósito de ajudar a vida de muitas pessoas._x000D_
 Eu Sidney José Thomas me hospedei na ASSOCIAÇÃO REGIONAL DE SAÚDE no dia 15/02/2023, no qual fui muito bem atendido pela Coordenadora Marilene Manfrin Romio, oferecendo todo suporte possível a minha pessoa e a todos que estavam no local._x000D_
 Com o passar dos dias eu vi como é importante este Centro de ajuda aos nossos municípios</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>Domingos Alberto Rech</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/496/requerimento_no_002-_licenca-_domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/496/requerimento_no_002-_licenca-_domingos.pdf</t>
   </si>
   <si>
     <t>EU, Domingos Alberto Rech, BRASILEIRO com CPF 735.135.129-54, venho comunicar essa Egrégia Casa de Leis a minha nomeação como Secretário de Agricultura do Município de Manfrinópolis/PR, com fundamento no art. 23 do Regimento Interno (Resolução Nº 4/2018). Requeiro, dessa forma, licença do cargo de vereador, com fundamento no art. 21, inciso IV do Regimento Interno (para investidura em cargo de secretário ou assessor municipal e de diretor de autarquia, empresa pública, fundação ou sociedade de economia mista), requerendo a concessão da licença por ato da mesa diretiva (art. 22 do Regimento Interno).</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>Luiz Fernando Lopes da Costa</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/508/requerimento_no_003-_justificativa_de_falta-_luiz_fernando.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/508/requerimento_no_003-_justificativa_de_falta-_luiz_fernando.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
 Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por estar se locomovendo de outra cidade ocorreu um imprevisto atrasando o horário de sua chegada e não pode se fazer presente, à Sessão Ordinária do dia 20 de março do corrente ano.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/512/requerimento_no_004-_2023_-__justificativa_de_falta-_sidney_jose_thomas.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/512/requerimento_no_004-_2023_-__justificativa_de_falta-_sidney_jose_thomas.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
 Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por estar em reunião na Assembleia Legislativa do Estado do Paraná, não pode se fazer presente, à Sessão Ordinária do dia 27 de março do corrente ano.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>Marcos Antônio Francisconi</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/516/requerimento_no_005-_justificativa_de_falta-_marcos_a_francisconi.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/516/requerimento_no_005-_justificativa_de_falta-_marcos_a_francisconi.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
 Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por estar doente, o mesmo apresentou atestado médico, e não pode se fazer presente, à Sessão Ordinária do dia 03 de Abril do corrente ano.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/519/requerimento_no_006-_justificativa_de_falta-_luiz_fernando_lopes_da_costa.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/519/requerimento_no_006-_justificativa_de_falta-_luiz_fernando_lopes_da_costa.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
 Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por estar em visita a Deputados em Curitiba, em busca de projetos e recursos para o município, não pode se fazer presente, à Sessão Ordinária do dia 03 de abril do corrente ano.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/774/requerimento_no_007-votacao_regime_de_urgencia-_luiz_fernando_lopes_da_costa.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/774/requerimento_no_007-votacao_regime_de_urgencia-_luiz_fernando_lopes_da_costa.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
 Delibere juntamente com o plenário a urgência para tramitação do projeto de Lei Ordinária N°14/2023, do Executivo Municipal, no qual a ementa delibera sobre a criação do Serviço de Inspeção Municipal de Produtos de Origem Animal (SIM/POA) e revoga a Lei 0738/202, visando agilizar a implantação do sistema SUSAF em nosso município.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/780/requerimento_no_008-_justificativa_de_falta-_sidney_jose_thomas.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/780/requerimento_no_008-_justificativa_de_falta-_sidney_jose_thomas.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências: Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por estar doente, o mesmo apresentou atestado médico, e não pode se fazer presente, à Sessão Ordinária do dia 29 de maio do corrente ano._x000D_
 Nestes termos pede-se deferimento.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/787/requerimento_no_009-_justificativa_de_falta_-_marcos_francisconi.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/787/requerimento_no_009-_justificativa_de_falta_-_marcos_francisconi.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e  regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de _x000D_
 Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:  Delibere juntamente com o plenário para a justificativa de falta, do  Vereador Requerente, por ter realizado uma cirurgia, o mesmo apresentou atestado médico, e não pode se fazer presente, à Sessão Ordinária do dia 05 de junho do corrente ano.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/832/requerimento_no_010-_justificativa_de_falta_altair_panzera.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/832/requerimento_no_010-_justificativa_de_falta_altair_panzera.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
 Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por estar em Curitiba na Cerimônia de Liberação de Recursos no Palácio do Iguaçu e reunião para tratar das demandas dos interesses do município, também compareceu ao Gabinete do Deputado Adão Litro, não pode se fazer presente, à Sessão Ordinária do dia 25 de setembro do corrente ano.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>José João Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/833/requerimento_no_011-_justificativa_de_falta_jose_joao_machado.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/833/requerimento_no_011-_justificativa_de_falta_jose_joao_machado.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
 Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por estar com problemas de saúde, e não pode se fazer presente, à Sessão Ordinária do dia 02 de outubro do corrente ano.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/835/requerimento_no_012-_justificativa_de_falta.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/835/requerimento_no_012-_justificativa_de_falta.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
 Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por ter tido um imprevisto familiar, e não pode se fazer presente, à Sessão Ordinária do dia 09 de outubro do corrente ano.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/838/requerimento_no_013-_justificativa_de_falta_luiz_fernando_lopes_da_costa.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/838/requerimento_no_013-_justificativa_de_falta_luiz_fernando_lopes_da_costa.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
 Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por estar acompanhando seu pai que teve problemas de saúde e precisou ficar internado, assim não pode se fazer presente, às Sessões Ordinárias do dia 23 e 30 outubro do corrente ano.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/845/requerimento_afastamento_prefeita.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/845/requerimento_afastamento_prefeita.pdf</t>
   </si>
   <si>
     <t>Solicitar a concessão de licença, mediante Decreto Legislativo, com o fito de autorizar, no exercício de 2024 no período de 16/01/ à 15/02, a se ausentar do Município por período superior a quinze dias consecutivos e do território nacional por qualquer prazo, inclusive, em ambos os casos, por motivos de ordem privada e familiar, tendo em vista que estará em gozo do período de férias.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/846/requerimento_no_015-_justificativa_de_falta_altair_panzera.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/846/requerimento_no_015-_justificativa_de_falta_altair_panzera.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
 Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por estar em visita a Assembleia Legislativa para tratar das demandas dos interesses do município juntamente com o Deputado Adão Litro, assim não pode se fazer presente, à Sessão Ordinária do dia 04 de dezembro do corrente ano.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/852/requerimento_n016-2023.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/852/requerimento_n016-2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
 Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por estar com problemas de pressão alta, assim não pode se fazer presente, à Sessão Ordinária do dia 11 de dezembro do corrente ano. _x000D_
 Nestes termos pede-se deferimento.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>POR</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/477/portaria_no_001-2023_-_nomeacao_comissoes.doc</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/477/portaria_no_001-2023_-_nomeacao_comissoes.doc</t>
   </si>
   <si>
     <t>Nomeia as Comissões Permanentes da Câmara Municipal de Vereadores de Manfrinópolis-Pr.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/789/portaria_no_002-2023-_nomecao_do_tesoureiro.doc</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/789/portaria_no_002-2023-_nomecao_do_tesoureiro.doc</t>
   </si>
   <si>
     <t>Nomeia Tesoureiro da Câmara Municipal de Vereadores de Manfrinópolis-Pr.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Concede férias a servidor da Câmara Municipal de Vereadores e dá outras providências.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/792/portaria_no_005-2023_-_ferias_eduardo.doc</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/792/portaria_no_005-2023_-_ferias_eduardo.doc</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/793/portaria_no_006-2023_-_licenca_hingrid_-_falecimento_avo.docx</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/793/portaria_no_006-2023_-_licenca_hingrid_-_falecimento_avo.docx</t>
   </si>
   <si>
     <t>Concede Licença a servidora da Câmara Municipal de Vereadores e dá outras providências.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/794/portaria_no_008-2023_-_nomeia_comissao_de_licitacao.doc</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/794/portaria_no_008-2023_-_nomeia_comissao_de_licitacao.doc</t>
   </si>
   <si>
     <t>Nomeia membros da Comissão Permanente de Licitações.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/795/portaria_no_009-2023_-_ferias_gabriel.docx</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/795/portaria_no_009-2023_-_ferias_gabriel.docx</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/796/portaria_no_010-2023_-_ferias_silvanie.doc</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/796/portaria_no_010-2023_-_ferias_silvanie.doc</t>
   </si>
   <si>
     <t>Concede férias a servidora da Câmara Municipal de Vereadores e dá outras providências.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/797/portaria_no_011-2023_-_ferias_hingrid.docx</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/797/portaria_no_011-2023_-_ferias_hingrid.docx</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/798/portaria_no_012-2023_-_conversao_licenca_premio_hingrid.docx</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/798/portaria_no_012-2023_-_conversao_licenca_premio_hingrid.docx</t>
   </si>
   <si>
     <t>Concede conversão de 1/3 da licença prêmio em abono pecuniário a servidora da Câmara Municipal de Vereadores e dá outras providências.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/788/portaria_no_013-2023_-_comissao_de_estagio_probatorio.doc</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/788/portaria_no_013-2023_-_comissao_de_estagio_probatorio.doc</t>
   </si>
   <si>
     <t>Nomeia membros da Comissão Especial de Avaliação de Estágio Probatório</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/799/portaria_no_014-2023_-_licenca_premio_silvanie.doc</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/799/portaria_no_014-2023_-_licenca_premio_silvanie.doc</t>
   </si>
   <si>
     <t>Concede Licença Prêmio a servidora da Câmara Municipal de Vereadores e dá outras providências.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/800/portaria_no_015-2023_-_conversao_licenca_premio_eduardo.docx</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/800/portaria_no_015-2023_-_conversao_licenca_premio_eduardo.docx</t>
   </si>
   <si>
     <t>Concede conversão de 1/3 da licença prêmio em abono pecuniário ao servidor da Câmara Municipal de Vereadores e dá outras providências.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/801/portaria_no_016-2023_-_licenca_premio_eduardo.doc</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/801/portaria_no_016-2023_-_licenca_premio_eduardo.doc</t>
   </si>
   <si>
     <t>Concede Licença Prêmio ao servidor da Câmara Municipal de Vereadores e dá outras providências.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/802/portaria_no_017-2023_-_licenca_premio_hingridi.doc</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/802/portaria_no_017-2023_-_licenca_premio_hingridi.doc</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/806/portaria_no_019-2023_-_convocacao_retorno_licenca_premio.docx</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/806/portaria_no_019-2023_-_convocacao_retorno_licenca_premio.docx</t>
   </si>
   <si>
     <t>Suspensão de licença-prêmio concedido a  servidora da Câmara Municipal de  Vereadores, em razão de interesse público  e dá outras providências.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>Suspensão de licença-prêmio concedido a servidora da Câmara Municipal de Vereadores, em razão de interesse público e dá outras providências.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Ademir da Rosa, Altair Panzera, Domingos Alberto Rech, Fernando Gandin, José João Machado Filho, Luiz Fernando Lopes da Costa, Manoel Vanderlei Lopes, Marcos Antônio Francisconi, Sidney José Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/824/mocao.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/824/mocao.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora envio de moção de apoio ao Congresso Nacional, e ao Senado Federal em face da tentativa de legalização do aborto por meio da ADPF 442, a fim de garantir as prerrogativas constitucionais e republicanas das competências do Poder Legislativo e de se evitar um possível ativismo judicial por parte do Supremo Tribunal Federal.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1775,68 +1775,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/476/proposicao_de_lei_n_01_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/478/proposicao_de_lei_n_02-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/479/proposicao_de_lei_n_03-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/480/01_-_legislativo_-_recomposicao_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/481/02_-_legislativo_-_recomposicao_de_subsidios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/482/03_-_legislativo_-_fixa_subsidios_prefeita_e_outros.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/483/proposicao_de_lei_n_04-2023_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/485/projeto_de_lei_no_007-_2023_credito_especial_suplementar.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/497/projeto_de_lei_no_010-2023_-_incentivo_aluguel_a_empresa_ae_uniformes_ltda.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/502/proposta_legislativa_do_poder_executivo_no_008_-_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/503/projeto_de_lei_no_011-2023_-_dispoe_sobre_a_politica_municipal_dos_direitos_da_crianca_e_do_adolescente.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/509/pl_12-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/520/projeto_de_lei_n_12-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/764/projeto_de_lei_n_013_-_sim.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/781/projeto_de_lei_n_13_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/782/projeto_de_lei_no_15_-_credito_adicional_suplementar_e_especial.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/783/projeto_de_lei_14-2023_e__anexos.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/804/projeto_de_lei_n_19.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/814/projeto_de_lei_24_-_com_mapa.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/815/projeto_de_lei_n_25.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/816/projeto_de_lei_n_26.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/817/projeto_de_lei_n_27.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/818/projeto_de_lei_n_28.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/825/projeto_de_lei_do_poder_executivo_no_17_-_concessao_associacao_agricultores_linha_gleba_dos_moros.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/826/projeto_de_lei_do_poder_executivo_no_21_-_associacao_de_agricultores_da_linha_3_de_maio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/827/projeto_de_lei_do_poder_executivo_no_22_-_concessao_a_associacao_de_agricultores_da_linha_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/828/projeto_de_lei_n_18_-_permissao_de_uso_-_concesssao_-_vida_na_roca_-_barra_grande.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/829/projeto_de_lei_do_poder_executivo_no_005.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/830/projeto_de_lei_n_23-2023-_loa.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/836/projeto_de_lei_n_28_-_cria_o_fundo_municipal_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/839/projeto_de_lei_no_023_-_credito_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/842/projeto_de_lei_-_repasse_piso_da_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/843/projeto_de_lei__refis_2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/851/13_-_legislativo_-_altera_plano_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/655/emenda_001-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/486/indicacao_001-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/487/indicacao_002-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/488/indicacao_003-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/489/indicacao_004-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/490/indicacao_005-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/491/indicacao_006-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/492/indicacao_007-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/493/indicacao_008-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/494/indicacao_009-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/498/indicacao_010-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/499/indicacao_011-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/500/indicacao_012-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/501/indicacao_013-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/504/indicacao_014-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/505/indicacao_015-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/506/indicacao_016_-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/507/indicacao_017_-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/510/indicacao_018_-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/511/indicacao_019_-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/513/indicacao_020_-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/514/indicacao_021_-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/515/indicacao_022_-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/517/indicacao_023_-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/518/indicacao_024_-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/521/indicacao_025_-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/522/indicacao_026_-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/656/indicacao_027_-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/657/indicacao_028_-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/658/indicacao_029_-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/773/indicacao_030_-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/775/indicacao_031_-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/776/indicacao_032_-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/777/indicacao_033-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/778/indicacao_034-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/784/indicacao_035-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/786/indicacao_036-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/805/indicacao_037-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/807/indicacao_038-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/808/indicacao_039-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/809/indicacao_040-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/810/indicacao_041-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/811/indicacao_042-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/812/indicacao_043-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/813/indicacao_044-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/819/indicacao_045-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/820/indicacao_046-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/821/indicacao_047-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/834/indicacao_048-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/837/indicacao_049-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/840/indicacao_050-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/841/indicacao_051-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/844/indicacao_052-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/779/01-_projeto_de_resolucao_n001-2023_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/847/resolucao_n_02-2023_-_regulamento_lgpd.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/848/resolucao_n_03-2023_-_regulamento_lei_de_acesso_a_informacao.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/849/resolucao_n_04-2023_-_regulamento_governo_digital.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/850/resolucao_n_05-2023_-_regulamento_ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/495/requerimento_n001-2023-_mocao_de_aplauso.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/496/requerimento_no_002-_licenca-_domingos.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/508/requerimento_no_003-_justificativa_de_falta-_luiz_fernando.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/512/requerimento_no_004-_2023_-__justificativa_de_falta-_sidney_jose_thomas.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/516/requerimento_no_005-_justificativa_de_falta-_marcos_a_francisconi.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/519/requerimento_no_006-_justificativa_de_falta-_luiz_fernando_lopes_da_costa.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/774/requerimento_no_007-votacao_regime_de_urgencia-_luiz_fernando_lopes_da_costa.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/780/requerimento_no_008-_justificativa_de_falta-_sidney_jose_thomas.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/787/requerimento_no_009-_justificativa_de_falta_-_marcos_francisconi.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/832/requerimento_no_010-_justificativa_de_falta_altair_panzera.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/833/requerimento_no_011-_justificativa_de_falta_jose_joao_machado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/835/requerimento_no_012-_justificativa_de_falta.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/838/requerimento_no_013-_justificativa_de_falta_luiz_fernando_lopes_da_costa.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/845/requerimento_afastamento_prefeita.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/846/requerimento_no_015-_justificativa_de_falta_altair_panzera.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/852/requerimento_n016-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/477/portaria_no_001-2023_-_nomeacao_comissoes.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/789/portaria_no_002-2023-_nomecao_do_tesoureiro.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/792/portaria_no_005-2023_-_ferias_eduardo.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/793/portaria_no_006-2023_-_licenca_hingrid_-_falecimento_avo.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/794/portaria_no_008-2023_-_nomeia_comissao_de_licitacao.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/795/portaria_no_009-2023_-_ferias_gabriel.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/796/portaria_no_010-2023_-_ferias_silvanie.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/797/portaria_no_011-2023_-_ferias_hingrid.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/798/portaria_no_012-2023_-_conversao_licenca_premio_hingrid.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/788/portaria_no_013-2023_-_comissao_de_estagio_probatorio.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/799/portaria_no_014-2023_-_licenca_premio_silvanie.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/800/portaria_no_015-2023_-_conversao_licenca_premio_eduardo.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/801/portaria_no_016-2023_-_licenca_premio_eduardo.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/802/portaria_no_017-2023_-_licenca_premio_hingridi.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/806/portaria_no_019-2023_-_convocacao_retorno_licenca_premio.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/824/mocao.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/476/proposicao_de_lei_n_01_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/478/proposicao_de_lei_n_02-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/479/proposicao_de_lei_n_03-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/480/01_-_legislativo_-_recomposicao_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/481/02_-_legislativo_-_recomposicao_de_subsidios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/482/03_-_legislativo_-_fixa_subsidios_prefeita_e_outros.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/483/proposicao_de_lei_n_04-2023_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/485/projeto_de_lei_no_007-_2023_credito_especial_suplementar.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/497/projeto_de_lei_no_010-2023_-_incentivo_aluguel_a_empresa_ae_uniformes_ltda.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/502/proposta_legislativa_do_poder_executivo_no_008_-_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/503/projeto_de_lei_no_011-2023_-_dispoe_sobre_a_politica_municipal_dos_direitos_da_crianca_e_do_adolescente.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/509/pl_12-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/520/projeto_de_lei_n_12-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/764/projeto_de_lei_n_013_-_sim.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/781/projeto_de_lei_n_13_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/782/projeto_de_lei_no_15_-_credito_adicional_suplementar_e_especial.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/783/projeto_de_lei_14-2023_e__anexos.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/804/projeto_de_lei_n_19.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/814/projeto_de_lei_24_-_com_mapa.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/815/projeto_de_lei_n_25.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/816/projeto_de_lei_n_26.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/817/projeto_de_lei_n_27.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/818/projeto_de_lei_n_28.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/825/projeto_de_lei_do_poder_executivo_no_17_-_concessao_associacao_agricultores_linha_gleba_dos_moros.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/826/projeto_de_lei_do_poder_executivo_no_21_-_associacao_de_agricultores_da_linha_3_de_maio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/827/projeto_de_lei_do_poder_executivo_no_22_-_concessao_a_associacao_de_agricultores_da_linha_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/828/projeto_de_lei_n_18_-_permissao_de_uso_-_concesssao_-_vida_na_roca_-_barra_grande.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/829/projeto_de_lei_do_poder_executivo_no_005.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/830/projeto_de_lei_n_23-2023-_loa.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/836/projeto_de_lei_n_28_-_cria_o_fundo_municipal_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/839/projeto_de_lei_no_023_-_credito_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/842/projeto_de_lei_-_repasse_piso_da_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/843/projeto_de_lei__refis_2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/851/13_-_legislativo_-_altera_plano_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/655/emenda_001-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/486/indicacao_001-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/487/indicacao_002-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/488/indicacao_003-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/489/indicacao_004-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/490/indicacao_005-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/491/indicacao_006-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/492/indicacao_007-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/493/indicacao_008-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/494/indicacao_009-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/498/indicacao_010-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/499/indicacao_011-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/500/indicacao_012-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/501/indicacao_013-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/504/indicacao_014-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/505/indicacao_015-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/506/indicacao_016_-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/507/indicacao_017_-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/510/indicacao_018_-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/511/indicacao_019_-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/513/indicacao_020_-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/514/indicacao_021_-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/515/indicacao_022_-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/517/indicacao_023_-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/518/indicacao_024_-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/521/indicacao_025_-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/522/indicacao_026_-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/656/indicacao_027_-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/657/indicacao_028_-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/658/indicacao_029_-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/773/indicacao_030_-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/775/indicacao_031_-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/776/indicacao_032_-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/777/indicacao_033-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/778/indicacao_034-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/784/indicacao_035-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/786/indicacao_036-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/805/indicacao_037-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/807/indicacao_038-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/808/indicacao_039-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/809/indicacao_040-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/810/indicacao_041-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/811/indicacao_042-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/812/indicacao_043-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/813/indicacao_044-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/819/indicacao_045-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/820/indicacao_046-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/821/indicacao_047-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/834/indicacao_048-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/837/indicacao_049-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/840/indicacao_050-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/841/indicacao_051-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/844/indicacao_052-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/779/01-_projeto_de_resolucao_n001-2023_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/847/resolucao_n_02-2023_-_regulamento_lgpd.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/848/resolucao_n_03-2023_-_regulamento_lei_de_acesso_a_informacao.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/849/resolucao_n_04-2023_-_regulamento_governo_digital.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/850/resolucao_n_05-2023_-_regulamento_ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/495/requerimento_n001-2023-_mocao_de_aplauso.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/496/requerimento_no_002-_licenca-_domingos.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/508/requerimento_no_003-_justificativa_de_falta-_luiz_fernando.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/512/requerimento_no_004-_2023_-__justificativa_de_falta-_sidney_jose_thomas.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/516/requerimento_no_005-_justificativa_de_falta-_marcos_a_francisconi.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/519/requerimento_no_006-_justificativa_de_falta-_luiz_fernando_lopes_da_costa.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/774/requerimento_no_007-votacao_regime_de_urgencia-_luiz_fernando_lopes_da_costa.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/780/requerimento_no_008-_justificativa_de_falta-_sidney_jose_thomas.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/787/requerimento_no_009-_justificativa_de_falta_-_marcos_francisconi.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/832/requerimento_no_010-_justificativa_de_falta_altair_panzera.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/833/requerimento_no_011-_justificativa_de_falta_jose_joao_machado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/835/requerimento_no_012-_justificativa_de_falta.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/838/requerimento_no_013-_justificativa_de_falta_luiz_fernando_lopes_da_costa.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/845/requerimento_afastamento_prefeita.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/846/requerimento_no_015-_justificativa_de_falta_altair_panzera.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/852/requerimento_n016-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/477/portaria_no_001-2023_-_nomeacao_comissoes.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/789/portaria_no_002-2023-_nomecao_do_tesoureiro.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/792/portaria_no_005-2023_-_ferias_eduardo.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/793/portaria_no_006-2023_-_licenca_hingrid_-_falecimento_avo.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/794/portaria_no_008-2023_-_nomeia_comissao_de_licitacao.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/795/portaria_no_009-2023_-_ferias_gabriel.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/796/portaria_no_010-2023_-_ferias_silvanie.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/797/portaria_no_011-2023_-_ferias_hingrid.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/798/portaria_no_012-2023_-_conversao_licenca_premio_hingrid.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/788/portaria_no_013-2023_-_comissao_de_estagio_probatorio.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/799/portaria_no_014-2023_-_licenca_premio_silvanie.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/800/portaria_no_015-2023_-_conversao_licenca_premio_eduardo.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/801/portaria_no_016-2023_-_licenca_premio_eduardo.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/802/portaria_no_017-2023_-_licenca_premio_hingridi.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/806/portaria_no_019-2023_-_convocacao_retorno_licenca_premio.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2023/824/mocao.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H130"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="181.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="178.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="177.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>