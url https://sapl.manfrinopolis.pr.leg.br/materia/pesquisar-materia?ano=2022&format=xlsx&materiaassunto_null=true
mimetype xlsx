--- v0 (2025-10-01)
+++ v1 (2026-03-08)
@@ -54,1653 +54,1653 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Ilena de Fátima Pegoraro Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/321/pl_001-2022_-_ratificacao.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/321/pl_001-2022_-_ratificacao.pdf</t>
   </si>
   <si>
     <t>Ratifica a Primeira Alteração e Consolidação do Protocolo de Intenções do CONSUD – Consórcio Intermunicipal de Saúde do Sudoeste, e dá outras providências.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/322/pl_002-2022_-_suplementacao.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/322/pl_002-2022_-_suplementacao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir um Crédito Especial, no orçamento geral do corrente exercício.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/323/pl_003-2022_-_altera_servidores.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/323/pl_003-2022_-_altera_servidores.pdf</t>
   </si>
   <si>
     <t>Altera, acrescenta e revoga dispositivos da Lei Municipal nº 529/2014, com suas alterações posteriores e dá outras providências.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/324/pl_004-2022_-_suplementacao.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/324/pl_004-2022_-_suplementacao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir um Crédito Adicional Suplementar e Especial, no orçamento geral do corrente exercício.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/325/pl_005-2022_-_altera_ppa.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/325/pl_005-2022_-_altera_ppa.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 0752/2021 e dá outras providências.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/328/pl_006-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/328/pl_006-2022.pdf</t>
   </si>
   <si>
     <t>Altera a lei 677 de 12 de dezembro de 2018 e autoriza o Executivo Municipal a firmar convênio com a associação DE APOIO AOS CATADORES DE MATERIAIS RECICLAVEIS – ASSAMARA, mediante pagamento de subsídio.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/329/pl_007-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/329/pl_007-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reposição inflacionária e dá outras providências.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/330/pl_008-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/330/pl_008-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Permissão de uso de Bem Público Municipal e outras providências</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/331/pl_009-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/331/pl_009-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder direito real de uso, com encargos, de bem imóvel, à empresa LATICINÍOS QUERO MAIS LTDA</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/338/ple_10-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/338/ple_10-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A OUTORGAR CONCESSÃO ONEROSA DE USO DE ESPAÇO PÚBLICO QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/339/ple_11-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/339/ple_11-2022.pdf</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/383/ple_-_12-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/383/ple_-_12-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Permissão de uso de Bem Público Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/350/pl_013-2022_-_aesupar.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/350/pl_013-2022_-_aesupar.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Manfrinópolis/PR a firmar Termo de Colaboração com a Associação Esportiva do Sudoeste do Paraná – Aesupar.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/351/pl_014-2022_-_estagiarios.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/351/pl_014-2022_-_estagiarios.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar estagiários para o serviço público municipal.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/352/pl_015-2022_-_suplementacao.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/352/pl_015-2022_-_suplementacao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir um Crédito Adicional Especial, no orçamento geral do corrente exercício.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/353/pl_016-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/353/pl_016-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização ao Poder Executivo Municipal complementar o valor da remuneração dos servidores ocupantes dos cargos de Agente Comunitário de Saúde e de Endemias, e dá outras providências</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/354/pl_017-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/354/pl_017-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização ao Poder Executivo Municipal complementar o valor da remuneração dos profissionais do magistério e educação infantil, e dá outras providências</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/387/ple_-_19-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/387/ple_-_19-2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 0424/2010 e dá outras providências.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/367/pl_20-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/367/pl_20-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Permissão de uso de Bens Públicos Municipais e da outras providências.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/368/pl_21-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/368/pl_21-2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Legislação Municipal vigente e dá outras providências.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/369/pl_22-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/369/pl_22-2022.pdf</t>
   </si>
   <si>
     <t>Institui o programa de assistência médica oftalmológica e dá outras providências.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/370/pl_23-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/370/pl_23-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Manfrinópolis a firmar Termo de Colaboração com a Associação de Proteção a Maternidade e a Infância – APMI de Barracão-PR, e dá outras providências.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/384/ple_-_24-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/384/ple_-_24-2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA “PORTEIRA ADENTRO”, PARA INCENTIVAR O DESENVOLVIMENTO DAS ATIVIDADES AGROPECUÁRIAS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/398/ple_-_25-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/398/ple_-_25-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE MANFRINÓPOLIS A EFETUAR O PROTESTO DE CERTIDÃO DE DÍVIDA ATIVA, DE TÍTULO EXECUTIVO JUDICIAL DE QUANTIA CERTA; AUTORIZA TAMBÉM, O REGISTRO PELO MUNICÍPIO, DE DEVEDORES EM ENTIDADES QUE PRESTEM SERVIÇOS DE PROTEÇÃO AO CRÉDITO E/OU PROMOVAM CADASTROS DE DEVEDORES INADIMPLENTES; DISPENSA O AJUIZAMENTO DE EXECUÇÕES FISCAIS DE BAIXO VALOR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/399/ple_-_26-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/399/ple_-_26-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade do preenchimento do instrumento Diário de Bordo, sobre a responsabilidade por valores referentes às multas de trânsito decorrentes de infrações cometidas por servidor público na condução de veículo oficial e dá outras providências.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/389/ple_-_27-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/389/ple_-_27-2022.pdf</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/400/ple_-_28-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/400/ple_-_28-2022.pdf</t>
   </si>
   <si>
     <t>Altera disposições da Lei Municipal nº. 061/1997, de 22/12/1997 (Código Tributário Municipal), com suas alterações posteriores e dá outras providências.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/401/ple_-_29-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/401/ple_-_29-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O CONSÓRCIO INTERGESTORES PARANÁ SAÚDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/402/ple_-_30-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/402/ple_-_30-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da Lei Orçamentária do Município de MANFRINÓPOLIS para o exercício de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/431/ple_-_41-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/431/ple_-_41-2022.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal no município de Manfrinópolis (REFIS 2022) e dá outras providências.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/432/ple_-_44-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/432/ple_-_44-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir um Crédito Adicional Suplementar e Especial, no orçamento geral do corrente exercício</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/445/ple_-_45-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/445/ple_-_45-2022.pdf</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/456/ple_46-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/456/ple_46-2022.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MANFRINÓPOLIS PARA O EXERCÍCIO DE 2023</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/446/pl_47-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/446/pl_47-2022.pdf</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/447/ple_-_49-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/447/ple_-_49-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir um Crédito Adicional Suplementar, no orçamento geral do corrente exercício.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/457/ple_50-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/457/ple_50-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir um Crédito Adicional Especial e Suplementar, no orçamento geral do corrente exercício.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/462/pl_51-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/462/pl_51-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre Novo Regime Jurídico da Estrutura Administrativa e as atribuições dos Órgãos da Administração Direta do Poder Executivo do Município de Manfrinópolis e da outra providencias.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/463/pl_52-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/463/pl_52-2022.pdf</t>
   </si>
   <si>
     <t>Altera/acrescenta e revoga dispositivos da Lei Municipal nº 529/2014, com suas alterações posteriores e dá outras providências.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/468/ple_-_54-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/468/ple_-_54-2022.pdf</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/469/ple_-_55-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/469/ple_-_55-2022.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MANFRINÓPOLIS PARA O EXERCÍCIO DE 2023.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/472/projeto_de_lei_no_057-2022_-_credito_adicional_suplementar_e_especial_2.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/472/projeto_de_lei_no_057-2022_-_credito_adicional_suplementar_e_especial_2.pdf</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/473/projeto_de_lei_no_058-2022_-_autoriza_o_executivo_municipal_a_receber_imovel_em_doacao_ao_patrimonio_do_municipio_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/473/projeto_de_lei_no_058-2022_-_autoriza_o_executivo_municipal_a_receber_imovel_em_doacao_ao_patrimonio_do_municipio_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a receber imóvel em doação ao patrimônio do Município de Manfrinópolis e dá outras providencias.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/475/ple_-_59-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/475/ple_-_59-2022.pdf</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Ademir da Rosa, Fernando Gandin, Luiz Fernando Lopes da Costa, Sidney José Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/429/emenda_003.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/429/emenda_003.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA nº 003/2022 AO PROJETO DE LEI nº 40/2022 DO PODER EXECUTIVO: Exclui-se o §9º e §10 do art. 4º do Projeto de Lei nº 40/2022</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Altair Panzera, Domingos Alberto Rech, José João Machado Filho, Marcos Antônio Francisconi, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/332/indicacao_01-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/332/indicacao_01-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja providenciado a construção de Cisternas de Água, para todas nossas comunidades, com objetivo de atender as necessidades dos nossos munícipes.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/333/indicacao_02-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/333/indicacao_02-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja providenciado a construção de pontes em concreto substituindo todas as pontes de madeira do município, assim oferecendo um melhores condições no trânsito dos nossos munícipes.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>Sidney José Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/334/indicacao_03-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/334/indicacao_03-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos, para que seja adquirido um Distribuidor de Adubo Lacer, para Associação da comunidade Santa Luzia, com objetivo de oferecer um suporte maior aos nossos agricultores.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/335/indicacao_04-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/335/indicacao_04-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para que seja providenciado a aquisição de um Ar-Condicionado para Casa Mortuária, assim oferecendo um conforte maior aos nossos munícipes.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/336/indicacao_05-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/336/indicacao_05-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar um Curso de Costura para nossos munícipes, assim qualificando mais profissionais ao nosso município.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>Domingos Alberto Rech</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/337/indicacao_06-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/337/indicacao_06-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos, para ser construído um Poço Artesiano na cabeceira da Comunidade Barra Grande, assim atendendo as necessidades dos nossos munícipes.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/340/indicacao_07-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/340/indicacao_07-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para ser construído um Ponto de Ônibus na esquina ao lado direito da Capela São Cristóvão, assim atendendo as necessidades dos nossos estudantes.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>Ademir da Rosa</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/341/indicacao_08-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/341/indicacao_08-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, para fazer um levantamento nas comunidades de Santo Antônio do Divisor, linha Freire, linha Savanhago de como resolver o problema da falta de água nessas comunidades.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/342/indicacao_09-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/342/indicacao_09-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de realizar proteções de fontes aos proprietários, assim atendendo as necessidades dos nossos munícipes, com a questão da falta de água no nosso Município.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/343/indicacao_10-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/343/indicacao_10-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de realizar um programa de auxílio de horas máquinas aos nossos produtores rurais, concedendo o incentivo especial para a realização de melhorias nas condições das produções no plantio e ampliação de lavouras.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/344/indicacao_no011-_construcao_de_uma_quadra_de_esportes-tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/344/indicacao_no011-_construcao_de_uma_quadra_de_esportes-tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos, para construção de uma quadra de esportes coberta, localizada na Escola Municipal Eça de Queiroz, com objetivo de atender o lazer e a diversão das crianças que ali estudam.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/345/indicacao_no012-constrtucao_de_uma_sala_para_odontologia-ademir_luiz_fernando_fernando_gandin_sidney.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/345/indicacao_no012-constrtucao_de_uma_sala_para_odontologia-ademir_luiz_fernando_fernando_gandin_sidney.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo_x000D_
 Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos, para seja construído uma sala para um Consultório Odontológico no posto de saúde da comunidade Barra Grande, assim atendendo as necessidades dos nossos munícipes.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/346/indicacao_no013-protecao_de_ponte_-tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/346/indicacao_no013-protecao_de_ponte_-tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos, para ser construído uma cerca de proteção aos lados da ponte que tem acesso ao Colégio Estadual São Cristóvão, assim oferecendo uma maior segurança aos nossos estudantes.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/347/indicacao_no014-aquisicao_de_um_distribuidor_de_adubo-ademir_luiz_fernando_fernando_gandin_sidney.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/347/indicacao_no014-aquisicao_de_um_distribuidor_de_adubo-ademir_luiz_fernando_fernando_gandin_sidney.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos, para ser adquirido um Distribuidor de Adubo, Ureia e uma grade de arado Gobi 16 discos, para Associação da comunidade São Jorge, com objetivo de oferecer um suporte maior aos nossos agricultores.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/355/indicacao_15-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/355/indicacao_15-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para fazer um calçamento ou asfalto na subida do Campo Municipal que dá acesso ao asfalto assim melhorando o tráfego dos veículos que utilizam a estrada.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/356/indicacao_16-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/356/indicacao_16-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para fazer asfalto na subida que acesso a casa do senhor Pedro Soster   e demais moradores assim podendo facilitar o acesso as casas dos moradores que utilizam a rua.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/357/indicacao_17-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/357/indicacao_17-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para construção de um calçamento e iluminação, na rua Campo Velho até o loteamento novo, com objetivo de ter um trânsito com maior segurança a nossa população.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/358/indicacao_18-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/358/indicacao_18-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos, para providenciar a reconstrução da passarela que dá acesso ao campo municipal, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/359/indicacao_18-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/359/indicacao_18-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de fazer refazer as calçadas da rua Valter em toda sua extensão e que seja retirada a carreta que a está na esquina da delegacia .</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/360/indicacao_20-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/360/indicacao_20-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para ser feita a extensão da estrada que tem acesso do Campo Municipal até o Bairro Centro Novo, assim oferecendo um trajeto com mais segurança aos nossos munícipes.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/361/indicacao_21-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/361/indicacao_21-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para que seja comprado um britador móvel para atender as necessidades dos nossos munícipes.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/365/indicacao_22-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/365/indicacao_22-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja providenciado a construção de uma casa mortuária, assim oferecendo um  conforto maior aos nossos munícipes.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/366/indicacao_23-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/366/indicacao_23-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de contratar uma agente de saúde para atender a comunidade do Santo Antônio do Divisor.  Assim atendendo as necessidades dos moradores.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/371/indicacao_24-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/371/indicacao_24-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de fazer Calçamento do ginásio de esporte do Barra Grande até o início do Asfalto da comunidade .Assim melhorando o acesso ao ginásio de Esporte.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/372/indicacao_25-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/372/indicacao_25-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, no sentido de fazer uma parceria com a copel para aquisição de postes de luz para os agricultores assim podendo fazer e melhorar   benfeitorias em suas propriedades.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>Altair Panzera, Domingos Alberto Rech, José João Machado Filho, Marcos Antônio Francisconi, Sidney José Thomas, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/373/indicacao_26-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/373/indicacao_26-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de oferecer um espaço para empresa AE Uniformes e Vitoria Confecções, que neste momento está gerando empregos para nosso município, assim oferecendo cada vez mais empregos aos nossos munícipes.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/374/indicacao_27-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/374/indicacao_27-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de fazer a compra de tratores novos para  as associações  de agricultores das comunidades de Barra Grande ,Santa Terezinha e Três de Maio. Assim atendendo melhor os agricultores.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/376/indicacao_28-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/376/indicacao_28-2020.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de realizar a recuperação da estrada principal na comunidade Santo Antônio do Divisor, assim atendendo as necessidades dos nossos munícipes.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/377/indicacao_29-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/377/indicacao_29-2020.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de realizar a limpeza e recuperação dos muros do Rio Bufon, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/378/indicacao_30-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/378/indicacao_30-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de realizar uma adequação nos campos municipal do Barra Grande, com vestiários e banheiros, assim atendendo as necessidades dos desportistas no local.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/379/indicacao_31-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/379/indicacao_31-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de realizar um Calçamento ou Resido Asfáltico, na estrada que dá acesso ao Colégio Municipal do Barra Grande até a ponte perto da casa do senhor Oli Pegoraro, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/380/indicacao_32-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/380/indicacao_32-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de disponibilizar um projeto para distribuição de mudas de grama para as comunidades plantarem dentro e aos redores dos cemitérios de todas as comunidades, assim atendendo as necessidades e evitando as erosões nos mesmos.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/381/indicacao_33-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/381/indicacao_33-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de providenciar uma rampa de acesso e um padrão de luz para o Cemitério do Barra Grande, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/382/indicacao_34-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/382/indicacao_34-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de providenciar uma rampa de acesso ao Colégio do Barra Grande , assim atendendo as do local.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/385/indicacao_35-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/385/indicacao_35-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de rever as possibilidades orçamentarias, no sentido realizar a adequação da remuneração prevista aos cirurgiões dentistas, de maneira proporcional, ao piso salarial previsto na Lei Federal 3.999/61. Assim oferecendo um reconhecimento superior aos nossos Dentistas.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/390/indicacao_36-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/390/indicacao_36-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido realizar a adequação do asfalto que se localiza na Linha Freire até a comunidade Barra Grande, sendo feita a pintura das faixas de transito e posicionar uma placa informando que a ponte só tem espaço para uma carro por vez, assim tendo uma segurança maior no transito do município.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/391/indicacao_37-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/391/indicacao_37-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido oferecer Cursos de diferentes cargos, sendo alguns como Costureiro, Operador de Máquinas, e várias outras oportunidades de empregos para nosso município, assim vamos ter munícipes mais qualificados aos empregos solicitados.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/392/indicacao_38-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/392/indicacao_38-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de providenciar a substituição das lâmpadas dos postes do Barra Grande por Lâmpadas em led, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/393/indicacao_39-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/393/indicacao_39-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de providenciar Pavimentação poliédrica na rua que tem acesso a casa do senhor Leozir Antunes, visando melhorar o trafego dos veículos, assim com objetivo de atender as necessidades do local.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Altair Panzera, Sidney José Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/394/indicacao_40-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/394/indicacao_40-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de conceder a homenagem em nome do nosso excelentíssimo ex-vereador senhor Tiago A. Thomas, com o seu nome para o novo Campo Sintético, que será construído no Lago Municipal.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de realizar a construção de um ponto de ônibus no Loteamento Novo, assim atendendo as necessidades e havendo um conforto maior aos nossos estudantes.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Altair Panzera, Domingos Alberto Rech, José João Machado Filho, Marcos Antônio Francisconi</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/396/indicacao_42-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/396/indicacao_42-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, para criação do Projeto de Lei para dá denominação ao Espaço Público Centro de Eventos, localizado na Rua Campo Velho saída para Francisco Beltrão, para receber a Denominação DOGLAS ATILIO RODRIGUES.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/403/indicacao_43-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/403/indicacao_43-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, para forneça ou comprar um pé de pato para a Associação de Agricultores da comunidade Três de Maio assim atende os agricultores que precisam utilizar do serviço do equipamento.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/404/indicacao_44-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/404/indicacao_44-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido para fixação de placas em locais adequados, orientandos os vendedores ambulantes, sobre os principais procedimentos para exercer atividades no território municipal, pelo fato de vários munícipes proprietários de comércios estão perguntando sobre a regularidade das vendas efetuadas pelos vendedores ambulantes.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/413/indicacao_45-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/413/indicacao_45-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de conceder uma Prensa Pneumática para empresa AE Confecções, assim a empresa oferecerá melhores condições de emprego aos nossos munícipes.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>Altair Panzera, Domingos Alberto Rech, José João Machado Filho, Manoel Vanderlei Lopes, Marcos Antônio Francisconi</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/414/indicacao_46-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/414/indicacao_46-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de construir um coberto atras do pavilhão do Campo Municipal da cidade, assim oferecendo melhores condições aos almoços e jantas feitas no local.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/415/indicacao_47-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/415/indicacao_47-2022.pdf</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/416/indicacao_48-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/416/indicacao_48-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de construir um Poço Artesiano na comunidade Alto São João, assim atendendo as necessidades dos munícipes da comunidade.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/417/indicacao_49-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/417/indicacao_49-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de construir uma estrutura de pré-moldado para abrigar os veículos da Secretária da Saúde, assim os veículos da secretária podem permanecer protegidos contra a degradação.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>Altair Panzera, José João Machado Filho, Manoel Vanderlei Lopes, Marcos Antônio Francisconi</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/421/indicacao_50-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/421/indicacao_50-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido conceder máquinas de cortar grama (ROÇADEIRAS) para a empresa SEBASTIÃO RODRIGES SERVIÇOS, assim possibilitando mais empregos aos nossos munícipes.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/422/indicacao_51-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/422/indicacao_51-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar um projeto sendo concedido uma arremessa de resíduo asfáltico para comunidade Barra Grande, assim atendendo as necessidades das estradas da comunidade.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/423/indicacao_52-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/423/indicacao_52-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de criar um programa para distribuição de adubo orgânico aos nossos pequenos agricultores, realizando a compra dos adubos de aviários, assim atendendo as necessidades dos nossos munícipes.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Altair Panzera, Domingos Alberto Rech, José João Machado Filho, Manoel Vanderlei Lopes, Marcos Antônio Francisconi, Sidney José Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/424/indicacao_53-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/424/indicacao_53-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar uma reforma com iluminação no campo da comunidade Alto São João e uma reforma no campo do São João, assim oferecendo melhor condições de jogos aos nossos munícipes.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/425/indicacao_54-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/425/indicacao_54-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar rodadas do Campeonato Municipal de Futebol nas comunidades Santa Terezinha e Barra Grande, assim proporcionando jogos nas comunidades.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/430/indicacao_55-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/430/indicacao_55-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de adquirir um carro novo para saúde das comunidades Alto São João, São João e Canarinho, assim oferecendo mais conforto aos nossos munícipes.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/433/indicacao_56-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/433/indicacao_56-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de executar uma reforma na antiga escola da Comunidade Santa Terezinha, assim transformando ela em Casa Mortuária, assim atendendo as necessidades da Comunidade.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>José João Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/434/indicacao_57-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/434/indicacao_57-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de executar uma reforma na antiga escolinha da Comunidade São João, assim oferecendo melhores condições aos nossos alunos.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/435/indicacao_58-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/435/indicacao_58-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar uma concessão de uso de uma plantadeira para Associação da comunidade Tancredo Benge, assim atendendo as necessidades da comunidade.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/436/indicacao_59-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/436/indicacao_59-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de fazer um Quebra-Molas em frente à rua Avelino Alvicio Thomas, ao lado do ginásio do colégio municipal Eça de Queiros, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/437/indicacao_60-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/437/indicacao_60-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar uma iluminação pública na saída de Manfrinópolis-PR para Francisco Beltrão-PR na PR-182, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Manoel Vanderlei Lopes</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/438/indicacao_61-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/438/indicacao_61-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar uma reforma na estrada da comunidade Alto São João, seguindo a propriedade do senhor Rubens Lopes passando em frente da propriedade do senhor Lindomar Guedes, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/439/indicacao_62-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/439/indicacao_62-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar a compra de 50 cadeiras e 10 mesas para o centro de eventos ao lado do campo municipal, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/440/indicacao_63-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/440/indicacao_63-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar uma reforma com tubulação nova no bueiro em frente ao Cemitério da comunidade São Jorge, por motivos de estar entrando água na estrada, assim a pedido da comunidade.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/441/indicacao_64-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/441/indicacao_64-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar a compra de uma Trator de Esteira, assim atendendo as necessidades do nosso município.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/442/indicacao_65-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/442/indicacao_65-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de construir um Pré-moldado, para associação da comunidade São João, assim atendendo as necessidades da comunidade.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/443/indicacao_66-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/443/indicacao_66-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar uma ampliação e uma reconstrução nos bueiros da Linha Roncador, entre as propriedades dos senhores Emerson Dalposso e Itacir Tuliano, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/448/indicacao_67-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/448/indicacao_67-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de conceder um curso de informática para nossos munícipes, assim vamos ter munícipes mais qualificados aos empregos solicitados.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/449/indicacao_68-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/449/indicacao_68-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de posicionar uma câmara de vigilância na saída para linha São Jorge, assim obtendo mais segurança aos munícipes que ali residem.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/452/indicacao_69-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/452/indicacao_69-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar uma reforma completa nas estradas da Linha Squena, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/453/indicacao_70-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/453/indicacao_70-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar a compra de uma Plantadeira, para Associação da comunidade São João, assim atendendo as necessidades da Associação.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/454/indicacao_71-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/454/indicacao_71-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de contratar dois agentes de saúde para a comunidade Santo Antônio e a comunidade Savanhago, assim atendendo as necessidades dos moradores que ali residem.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Ademir da Rosa, Altair Panzera, Domingos Alberto Rech, José João Machado Filho, Manoel Vanderlei Lopes, Marcos Antônio Francisconi</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/455/indicacao_72-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/455/indicacao_72-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar uma extensão de água até a propriedade do senhor Francisco Assis dos Santos, assim atendendo as necessidades do nosso munícipe.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/458/indicacao_73-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/458/indicacao_73-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar uma construção de um Ponto de Ônibus na comunidade Planaltinho, assim atendendo as necessidades dos nossos estudantes.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/459/indicacao_74-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/459/indicacao_74-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar algumas construções de casinhas coletoras de lixo recicláveis nas comunidades, assim oferecendo mais condições de ser reservado os lixos.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/460/indicacao_75-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/460/indicacao_75-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de adquirir uma Semeadeira de Pasto com adubo, para Associação do São Jorge, assim atendendo as necessidades da Associação.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/461/indicacao_76-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/461/indicacao_76-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar a compra de uma Carreta Reboque para transportar o trator de gramado, destinado para Secretária de Esporte, assim possibilitando eles a levar o mesmo para realizar a manutenção dos campos das comunidades.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/464/indicacao_77-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/464/indicacao_77-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar um calçamento no bairro São Domingos, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/465/indicacao_78-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/465/indicacao_78-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar um calçamento em frente ao campo municipal, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/466/indicacao_79-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/466/indicacao_79-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar a implantação de uma área industrial, no antigo terreno que teria as casas da COAPAR antigo loteamento, assim atendendo as necessidades dos nossos munícipes com mais empregos.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/467/indicacao_80-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/467/indicacao_80-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do setor competente, que tome as providências necessárias no sentido de realizar a adequação das ruas logo na entrada da ponte do bairro São Domingos, com faixas de pedestres e placas de sinalização de preferenciais, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/470/resolucao_001-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/470/resolucao_001-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo Municipal a abrir um Crédito Adicional Suplementar, no orçamento geral do Corrente exercício.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/348/requerimento_no_001-_justificativa_de_falta-_sidney.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/348/requerimento_no_001-_justificativa_de_falta-_sidney.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
                     Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por estar em consulta Odontológicas na unidade IDOC3D, não pode ser fazer presente, à Sessão Ordinária do dia 07 de março do corrente ano.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/362/requerimento_no_002-_justificativa_de_falta-_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/362/requerimento_no_002-_justificativa_de_falta-_tiago.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
                     _x000D_
 Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por estar na Cidade de Pato Branco onde foi buscar uma peça para seu caminhão que tinha quebrado, não pode se fazer presente na Sessão do dia 14/03._x000D_
                     _x000D_
 Da mesma forma delibere com plenário, a justificativa de falta do dia 21/03, pois não pode se fazer presente a sessão por estar tratando de assuntos de interesse público, sendo um dos motivos por estar na cerimônia de entrega de editais e ordens de serviços no Palácio Iguaçu, e outro por estar assinando convênio com a SANEPAR para extensão e implementação de redes de água do nosso município.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/363/requerimento_no_003-_justificativa_de_falta-_ademir.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/363/requerimento_no_003-_justificativa_de_falta-_ademir.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
                     Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por não estar bem de saúde não pode se fazer presente na Sessão do dia 14 /03</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/375/requerimento_004-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/375/requerimento_004-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
                     Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por estar em Cirurgias Odontológicas, não pode ser fazer presente, à Sessão Ordinária do dia 28 de março e no dia 04 do abril do corrente ano._x000D_
                     Nestes termos pede-se deferimento.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>Luiz Fernando Lopes da Costa</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/386/requerimento_005-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/386/requerimento_005-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
 Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, Luiz Fernando Lopes da Costa por estar com atestado de paternidade não pode se fazer presente, na Sessão Ordinária do dia 02 de maio do corrente ano.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/397/requerimento_006-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/397/requerimento_006-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
 Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por estar em consulta Odontológica na unidade Setor de Ciências da Saúde UFPR Curitiba, não pode ser fazer presente, à Sessão Ordinária do dia 06 de junho do corrente ano.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/420/requerimento_007-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/420/requerimento_007-2022.pdf</t>
   </si>
   <si>
     <t>Requerimento de realização de estudo de impacto orçamentário no sentido de avaliar a possibilidade de concessão de isenção e/ou anistia de dívidas existentes relativa ao custo de horas máquinas de trabalhos realizados pelo Poder Executivo nas propriedades rurais do Município._x000D_
 Requer-se também análise de viabilidade e legalidade da concessão dessa isenção e/ou anistia de forma ampla e restrita a todos agricultores do Município que se encontrem com as referidas dívidas perante o Município.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/426/requerimento_008-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/426/requerimento_008-2022.pdf</t>
   </si>
   <si>
     <t>Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por estar pôr em viagem ocorreu um imprevisto atrasando o horário de sua chegada, não pode ser fazer presente, à Sessão Ordinária do dia 29 de agosto do corrente ano.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>Marcos Antônio Francisconi</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/444/requerimento_009-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/444/requerimento_009-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências: Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por estar em um atendimento médico com uma lesão em seu joelho, não pode ser fazer presente, à Sessão Ordinária do dia 26 de setembro do corrente ano.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/450/requerimento_010-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/450/requerimento_010-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências: Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, ocorreu um imprevisto atrasando o horário de sua chegada, não pode ser fazer presente, à Sessão Ordinária do dia 03 de outubro do corrente ano.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/451/requerimento_011-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/451/requerimento_011-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências: Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por estar em consulta médica em Curitiba não pode se fazer presente, à Sessão Ordinária do dia 10 de outubro do corrente ano.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/471/requerimento_012-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/471/requerimento_012-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinados, no uso de suas atribuições legais e na forma do artigo 148º do Regimento Interno da Câmara Municipal de Vereadores de Manfrinópolis- PR, apresenta essa MOÇÃO DE APLAUSOS  ao Senhor IVAIR ROSA, pelos serviços prestados a este munícipio.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Iniciativa Legislativo</t>
   </si>
   <si>
     <t>Domingos Alberto Rech, Marcos Antônio Francisconi, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/326/pll_001-2022_-_remuneracao.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/326/pll_001-2022_-_remuneracao.pdf</t>
   </si>
   <si>
     <t>Concede atualização salarial aos servidores ocupantes de cargos de provimento efetivo e comissionados da Câmara Municipal de Manfrinópolis, e dá outras providências.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/327/pll_002-2022_-_recomposicao.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/327/pll_002-2022_-_recomposicao.pdf</t>
   </si>
   <si>
     <t>Revisa os subsídios dos Vereadores e do Presidente da Câmara Municipal de Manfrinópolis, e dá outras providências.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/349/pl_-legislativo_-_003_-__altera_plano_de_cargos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/349/pl_-legislativo_-_003_-__altera_plano_de_cargos.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 635/2017 que estabelece o Quadro Único de Pessoal da Câmara Municipal de Vereadores de Manfrinópolis, dispõe sobre o Plano de Cargos, Carreira e Valorização do Servidor Público (PCCVSP) ocupante de cargo efetivo da Câmara Municipal de Vereadores de Manfrinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/388/pll_004-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/388/pll_004-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do feriado alusivo ao Dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>Ademir da Rosa, Altair Panzera, Domingos Alberto Rech, Fernando Gandin, José João Machado Filho, Luiz Fernando Lopes da Costa, Manoel Vanderlei Lopes, Marcos Antônio Francisconi, Sidney José Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/427/pll_05-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/427/pll_05-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO PLENÁRIO DA CÂMARA MUNICIPAL DE VEREADORES DE MANFRINÓPOLIS/PR, QUE PASSA À DENOMINAR-SE “PLENÁRIO VEREADOR TIAGO APARECIDO THOMAS”.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>Domingos Alberto Rech, Luiz Fernando Lopes da Costa, Marcos Antônio Francisconi</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/405/pll_006-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/405/pll_006-2022.pdf</t>
   </si>
   <si>
     <t>Extingue a Lei n° 650 de 02 de outubro de 2017, que institui Fundo Financeiro da Câmara Municipal de Manfrinópolis – PR.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/428/pll_007-2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/428/pll_007-2022.pdf</t>
   </si>
   <si>
     <t>DENOMINA MINI CENTRO DE EVENTOS DE “DOGLAS ATILIO RODRIGUES”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2007,68 +2007,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/321/pl_001-2022_-_ratificacao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/322/pl_002-2022_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/323/pl_003-2022_-_altera_servidores.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/324/pl_004-2022_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/325/pl_005-2022_-_altera_ppa.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/328/pl_006-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/329/pl_007-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/330/pl_008-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/331/pl_009-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/338/ple_10-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/339/ple_11-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/383/ple_-_12-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/350/pl_013-2022_-_aesupar.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/351/pl_014-2022_-_estagiarios.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/352/pl_015-2022_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/353/pl_016-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/354/pl_017-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/387/ple_-_19-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/367/pl_20-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/368/pl_21-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/369/pl_22-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/370/pl_23-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/384/ple_-_24-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/398/ple_-_25-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/399/ple_-_26-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/389/ple_-_27-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/400/ple_-_28-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/401/ple_-_29-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/402/ple_-_30-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/431/ple_-_41-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/432/ple_-_44-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/445/ple_-_45-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/456/ple_46-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/446/pl_47-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/447/ple_-_49-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/457/ple_50-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/462/pl_51-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/463/pl_52-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/468/ple_-_54-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/469/ple_-_55-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/472/projeto_de_lei_no_057-2022_-_credito_adicional_suplementar_e_especial_2.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/473/projeto_de_lei_no_058-2022_-_autoriza_o_executivo_municipal_a_receber_imovel_em_doacao_ao_patrimonio_do_municipio_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/475/ple_-_59-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/429/emenda_003.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/332/indicacao_01-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/333/indicacao_02-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/334/indicacao_03-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/335/indicacao_04-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/336/indicacao_05-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/337/indicacao_06-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/340/indicacao_07-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/341/indicacao_08-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/342/indicacao_09-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/343/indicacao_10-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/344/indicacao_no011-_construcao_de_uma_quadra_de_esportes-tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/345/indicacao_no012-constrtucao_de_uma_sala_para_odontologia-ademir_luiz_fernando_fernando_gandin_sidney.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/346/indicacao_no013-protecao_de_ponte_-tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/347/indicacao_no014-aquisicao_de_um_distribuidor_de_adubo-ademir_luiz_fernando_fernando_gandin_sidney.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/355/indicacao_15-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/356/indicacao_16-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/357/indicacao_17-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/358/indicacao_18-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/359/indicacao_18-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/360/indicacao_20-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/361/indicacao_21-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/365/indicacao_22-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/366/indicacao_23-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/371/indicacao_24-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/372/indicacao_25-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/373/indicacao_26-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/374/indicacao_27-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/376/indicacao_28-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/377/indicacao_29-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/378/indicacao_30-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/379/indicacao_31-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/380/indicacao_32-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/381/indicacao_33-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/382/indicacao_34-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/385/indicacao_35-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/390/indicacao_36-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/391/indicacao_37-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/392/indicacao_38-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/393/indicacao_39-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/394/indicacao_40-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/396/indicacao_42-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/403/indicacao_43-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/404/indicacao_44-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/413/indicacao_45-2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/414/indicacao_46-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/415/indicacao_47-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/416/indicacao_48-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/417/indicacao_49-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/421/indicacao_50-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/422/indicacao_51-2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/423/indicacao_52-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/424/indicacao_53-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/425/indicacao_54-2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/430/indicacao_55-2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/433/indicacao_56-2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/434/indicacao_57-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/435/indicacao_58-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/436/indicacao_59-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/437/indicacao_60-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/438/indicacao_61-2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/439/indicacao_62-2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/440/indicacao_63-2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/441/indicacao_64-2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/442/indicacao_65-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/443/indicacao_66-2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/448/indicacao_67-2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/449/indicacao_68-2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/452/indicacao_69-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/453/indicacao_70-2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/454/indicacao_71-2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/455/indicacao_72-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/458/indicacao_73-2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/459/indicacao_74-2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/460/indicacao_75-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/461/indicacao_76-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/464/indicacao_77-2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/465/indicacao_78-2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/466/indicacao_79-2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/467/indicacao_80-2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/470/resolucao_001-2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/348/requerimento_no_001-_justificativa_de_falta-_sidney.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/362/requerimento_no_002-_justificativa_de_falta-_tiago.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/363/requerimento_no_003-_justificativa_de_falta-_ademir.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/375/requerimento_004-2020.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/386/requerimento_005-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/397/requerimento_006-2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/420/requerimento_007-2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/426/requerimento_008-2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/444/requerimento_009-2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/450/requerimento_010-2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/451/requerimento_011-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/471/requerimento_012-2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/326/pll_001-2022_-_remuneracao.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/327/pll_002-2022_-_recomposicao.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/349/pl_-legislativo_-_003_-__altera_plano_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/388/pll_004-2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/427/pll_05-2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/405/pll_006-2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/428/pll_007-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/321/pl_001-2022_-_ratificacao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/322/pl_002-2022_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/323/pl_003-2022_-_altera_servidores.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/324/pl_004-2022_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/325/pl_005-2022_-_altera_ppa.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/328/pl_006-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/329/pl_007-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/330/pl_008-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/331/pl_009-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/338/ple_10-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/339/ple_11-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/383/ple_-_12-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/350/pl_013-2022_-_aesupar.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/351/pl_014-2022_-_estagiarios.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/352/pl_015-2022_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/353/pl_016-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/354/pl_017-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/387/ple_-_19-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/367/pl_20-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/368/pl_21-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/369/pl_22-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/370/pl_23-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/384/ple_-_24-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/398/ple_-_25-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/399/ple_-_26-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/389/ple_-_27-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/400/ple_-_28-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/401/ple_-_29-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/402/ple_-_30-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/431/ple_-_41-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/432/ple_-_44-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/445/ple_-_45-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/456/ple_46-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/446/pl_47-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/447/ple_-_49-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/457/ple_50-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/462/pl_51-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/463/pl_52-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/468/ple_-_54-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/469/ple_-_55-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/472/projeto_de_lei_no_057-2022_-_credito_adicional_suplementar_e_especial_2.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/473/projeto_de_lei_no_058-2022_-_autoriza_o_executivo_municipal_a_receber_imovel_em_doacao_ao_patrimonio_do_municipio_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/475/ple_-_59-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/429/emenda_003.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/332/indicacao_01-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/333/indicacao_02-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/334/indicacao_03-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/335/indicacao_04-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/336/indicacao_05-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/337/indicacao_06-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/340/indicacao_07-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/341/indicacao_08-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/342/indicacao_09-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/343/indicacao_10-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/344/indicacao_no011-_construcao_de_uma_quadra_de_esportes-tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/345/indicacao_no012-constrtucao_de_uma_sala_para_odontologia-ademir_luiz_fernando_fernando_gandin_sidney.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/346/indicacao_no013-protecao_de_ponte_-tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/347/indicacao_no014-aquisicao_de_um_distribuidor_de_adubo-ademir_luiz_fernando_fernando_gandin_sidney.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/355/indicacao_15-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/356/indicacao_16-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/357/indicacao_17-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/358/indicacao_18-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/359/indicacao_18-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/360/indicacao_20-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/361/indicacao_21-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/365/indicacao_22-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/366/indicacao_23-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/371/indicacao_24-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/372/indicacao_25-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/373/indicacao_26-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/374/indicacao_27-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/376/indicacao_28-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/377/indicacao_29-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/378/indicacao_30-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/379/indicacao_31-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/380/indicacao_32-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/381/indicacao_33-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/382/indicacao_34-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/385/indicacao_35-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/390/indicacao_36-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/391/indicacao_37-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/392/indicacao_38-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/393/indicacao_39-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/394/indicacao_40-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/396/indicacao_42-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/403/indicacao_43-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/404/indicacao_44-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/413/indicacao_45-2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/414/indicacao_46-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/415/indicacao_47-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/416/indicacao_48-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/417/indicacao_49-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/421/indicacao_50-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/422/indicacao_51-2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/423/indicacao_52-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/424/indicacao_53-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/425/indicacao_54-2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/430/indicacao_55-2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/433/indicacao_56-2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/434/indicacao_57-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/435/indicacao_58-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/436/indicacao_59-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/437/indicacao_60-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/438/indicacao_61-2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/439/indicacao_62-2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/440/indicacao_63-2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/441/indicacao_64-2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/442/indicacao_65-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/443/indicacao_66-2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/448/indicacao_67-2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/449/indicacao_68-2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/452/indicacao_69-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/453/indicacao_70-2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/454/indicacao_71-2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/455/indicacao_72-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/458/indicacao_73-2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/459/indicacao_74-2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/460/indicacao_75-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/461/indicacao_76-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/464/indicacao_77-2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/465/indicacao_78-2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/466/indicacao_79-2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/467/indicacao_80-2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/470/resolucao_001-2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/348/requerimento_no_001-_justificativa_de_falta-_sidney.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/362/requerimento_no_002-_justificativa_de_falta-_tiago.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/363/requerimento_no_003-_justificativa_de_falta-_ademir.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/375/requerimento_004-2020.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/386/requerimento_005-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/397/requerimento_006-2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/420/requerimento_007-2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/426/requerimento_008-2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/444/requerimento_009-2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/450/requerimento_010-2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/451/requerimento_011-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/471/requerimento_012-2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/326/pll_001-2022_-_remuneracao.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/327/pll_002-2022_-_recomposicao.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/349/pl_-legislativo_-_003_-__altera_plano_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/388/pll_004-2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/427/pll_05-2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/405/pll_006-2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2022/428/pll_007-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H145"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="181.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="215.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="214.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>