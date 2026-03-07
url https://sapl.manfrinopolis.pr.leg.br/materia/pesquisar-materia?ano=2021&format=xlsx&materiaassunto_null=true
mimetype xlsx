--- v0 (2025-10-01)
+++ v1 (2026-03-07)
@@ -54,1972 +54,1972 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Ilena de Fátima Pegoraro Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/148/ple_002-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/148/ple_002-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir um Crédito Adicional Suplementar e Especial, no orçamento geral do corrente exercício.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_003-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_003-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a proceder a reversão da doação de imóveis urbanos e dá outras providências.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/160/plo_005-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/160/plo_005-2021.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal n° 031/1997, com suas alterações posteriores e dá outras providências.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/161/plo_006-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/161/plo_006-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e Valorização dos Profissionais da Educação – Conselho do FUNDEB, nos termos da Lei Federal nº 14.113, de 25 de dezembro de 2020.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/176/projeto_007-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/176/projeto_007-2021.pdf</t>
   </si>
   <si>
     <t>Altera disposições da Lei Municipal nº 0439. De 25/04/2011 (Institui o Conselho Municipal do Idoso) e dá outras providências</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/191/projeto_008-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/191/projeto_008-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir um um Crédito Adicional Suplementar e Especial, no orçamento geral do corrente exercício.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/203/pl_009-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/203/pl_009-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal no município de Manfrinópolis (REFIS 2021) e da outras providências.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/247/pl_014-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/247/pl_014-2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL DESAFETAR / AFETAR ÁREA URBANA DE USO COMUM DO POVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/248/pl_015-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/248/pl_015-2021.pdf</t>
   </si>
   <si>
     <t>Altera/acrescenta dispositivos da Lei Municipal nº 0550/2014 e dá outras providências.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/249/pl_016-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/249/pl_016-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX do art. 37 da Constituição Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALIENAR BENS MÓVEIS DE PROPRIEDADE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/258/01-_projeto_de_lei_n_018-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/258/01-_projeto_de_lei_n_018-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO POR TEMPO DETERMINADO PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO NOS TERMOS DO INCISO IX DO ART. 37 DA CONSTITUIÇÃO FEDERAL ATRAVÉS DE PROCESSO SELETIVO SIMPLIFICADO.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/257/01-_projeto_de_lei_n_019-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/257/01-_projeto_de_lei_n_019-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO POR TEMPO DETERMINADO PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO NOS TERMOS DO INCISO IX DO ART. 37 DA CONSTITUIÇÃO FEDERAL E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 0529/2014 COM SUAS ALTERAÇÕES POSTERIORES, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/286/projeto_de_lei_no_021-2021_-_desafetacao_-_afetacao_-_praca.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/286/projeto_de_lei_no_021-2021_-_desafetacao_-_afetacao_-_praca.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Permissão de uso de Bens Públicos Municipais e da outras providências.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>DISPÕEM SOBRE A CONSTITUIÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL MUNICIPAL E OS PROCEDIMETNOS DE INSPEÇÃO SANITÁRIA EM ESTABELECIMENTOS QUE PRODUZAM PRODUTOS DE ORIGEM ANIMAL E DÁ OUTRAS PROVIDÊNCIAS, NO MUNICÍPIO DE MANFRINÓPOLIS, ESTADO DO PARANÁ.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar termo de permissão de uso de bens públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/283/projeto_de_lei_no_024-2021_-__ppa.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/283/projeto_de_lei_no_024-2021_-__ppa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Manfrinópolis, para o período de 2022 à 2025.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/284/projeto_de_lei_no_025-2021_-_projeto_de_lei_ratificacao_termo_de_cooperacao.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/284/projeto_de_lei_no_025-2021_-_projeto_de_lei_ratificacao_termo_de_cooperacao.pdf</t>
   </si>
   <si>
     <t>RATIFICA O TERMO DE ACORDO E COOPERAÇÃO TÉCNICA HABITACIONAL PARA A REALIZAÇÃO DE PROJETOS DE REGULARIZAÇÃO FUNDIÁRIA.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/285/projeto_de_lei_no_026_-2021_-_permissao_de_uso_cabeceira_do_barra_grande_-_santaluzia_-lpb.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/285/projeto_de_lei_no_026_-2021_-_permissao_de_uso_cabeceira_do_barra_grande_-_santaluzia_-lpb.pdf</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/287/projeto_de_lei_no_027-2021_-_loa_2022.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/287/projeto_de_lei_no_027-2021_-_loa_2022.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MANFRINÓPOLIS PARA O EXERCÍCIO DE 2022.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/288/projeto_de_lei_no_028-2021_-_desafetacao_-_escola_santa_terezinha_1.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/288/projeto_de_lei_no_028-2021_-_desafetacao_-_escola_santa_terezinha_1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL DESAFETAR / AFETAR ÁREA PÚBLICA DE USO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>ALTERA PROJETO DE LEI Nº 010/2021, QUE DISPÕE SOBRE A LDO - LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2020, ALTERA PROJETO DE LEI Nº 024/2021, QUE DISPÕEM SOBRE O PPA, PLANO PLURIANUAL, PARA OS EXERCÍCIOS DE 2022 A 2025</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder direito real de uso, com encargos, de bem imóvel, à empresa PFEIFERWAR CONFECÇÕES LTDA</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/307/projeto_de_lei_no_031-2021_-_concessao_de_imovel_a_empresa_sebastiao_rodrigues_servicos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/307/projeto_de_lei_no_031-2021_-_concessao_de_imovel_a_empresa_sebastiao_rodrigues_servicos.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal de Manfrinópolis, Estado do Paraná, a conceder permissão de uso de propriedade pública, mediante contrato administrativo de permissão de uso de bem imóvel público em razão de interesse público e dá outras providências.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/308/projeto_de_lei_no_033-2021_-_operacao_de_credito.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/308/projeto_de_lei_no_033-2021_-_operacao_de_credito.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a contratar operação de crédito com a CAIXA ECONÔMICA FEDERAL, e dá outras providências.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Permissão de uso de bens públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/309/projeto_de_lei_no_035-2021_-_credito_suplementar.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/309/projeto_de_lei_no_035-2021_-_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir um Crédito Adicional Suplementar, no orçamento geral do corrente exercício.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/310/projeto_de_lei_no_036-2021_-_altera_lei_pessoa_com_deficiencia.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/310/projeto_de_lei_no_036-2021_-_altera_lei_pessoa_com_deficiencia.pdf</t>
   </si>
   <si>
     <t>Alteram-se disposições da Lei Municipal nº. 0579/2015, de 17/09/2015 (Cria o Conselho Municipal da Pessoa com Deficiência) e dá outras providências.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/311/projeto_de_lei_no_037-2021_-_altera_codigo_tributario_municipal.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/311/projeto_de_lei_no_037-2021_-_altera_codigo_tributario_municipal.pdf</t>
   </si>
   <si>
     <t>Altera/acrescenta disposições da Lei Municipal nº. 061/1997, de 22/12/1997 (Código Tributário Municipal) e dá outras providências.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/313/projeto_de_lei_no_039-2021_-_altera_lei_credito_adicional.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/313/projeto_de_lei_no_039-2021_-_altera_lei_credito_adicional.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo na Lei Municipal nº 0745/2021 e dá outras providências.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/315/projeto_de_lei_no_40-2021_-__credito_suplementar.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/315/projeto_de_lei_no_40-2021_-__credito_suplementar.pdf</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/236/01-proposta_de_emenda_a_lei_organica_n_01.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/236/01-proposta_de_emenda_a_lei_organica_n_01.pdf</t>
   </si>
   <si>
     <t>Altera-se o artigo 1 O e o inciso XII, do artigo 63, da Lei Orgânica Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>Sidney José Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/267/emenda_02-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/267/emenda_02-2021.pdf</t>
   </si>
   <si>
     <t>Altera o caput do art. 3º e 4º do PROJETO DE LEI Nº 017/2021 DO PODER EXECUTIVO que "Autoriza o Poder Executivo Municipal a alienar bens móveis de propriedade do município."</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Domingos Alberto Rech</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/152/indicacao_001-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/152/indicacao_001-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja feita encanação de água na linha Squena, assim atendendo as necessidades dos moradores da Comunidade Linha Squena.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Altair Panzera</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_002-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_002-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para cascalhamento na estrada que começa na propriedade do senhor Vanderlei Batisti até a propriedade do senhor Adelar Guimarães da Silva, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>Altair Panzera, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/150/indicacao_003-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/150/indicacao_003-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para implementação do Sistema de Inspeção Municipal - SIM e posterior a adesão ao  Sistema Unificado Estadual de Sanidade Agroindustrial Familiar, Artesanal e de Pequeno Porte – SUSAF, que envolve um conjunto de ações de inspeção sanitária e de fiscalização dos produtos oriundos da agricultura e agroindústria familiares, de produção artesanal e de agroindústria de pequeno porte, com objetivo de melhorar a qualidade dos produtos oriundos das agroindústrias/agricultura, bem como gerar renda e assim atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/153/indicacao_004-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/153/indicacao_004-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para uma reforma no posto de saúde na linha São João, para proceder os atendimentos das agentes de saúde, médicos e reuniões pertinentes com objetivo de atender as necessidades dos munícipes que ali residem.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>José João Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/162/indicacao_005-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/162/indicacao_005-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para cascalhamento e a reforma de um bueiro na estrada da propriedade do senhor Jairo Albino e senhor Valdir com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>Ademir da Rosa</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/154/indicacao_006-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/154/indicacao_006-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para que ocorra a transferência de espaço físico da Polícia Militar para o espaço do antigo Colégio São Cristóvão, com objetivo de economia de aluguel, sendo que este espaço é de propriedade do município, atendendo assim as necessidades de ambos.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>Marcos Antônio Francisconi</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/155/indicacao_007-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/155/indicacao_007-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para a contratação de um médico pediatra com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Sidney José Thomas, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_008-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_008-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de conceder o título de cidadão honorário para o senhor Getúlio Ivo Picinato, que atuou como professor durante trinta e cinco anos e prestou relevantes  serviços ao município de Manfrinópolis.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_009-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_009-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja executado o projeto do REURB, assim regularizando os lotes urbanos que se encontram em situação irregular, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/163/indicacao_010-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/163/indicacao_010-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para que seja providenciado a construção de uma cerca e gavetas mortuárias no Cemitério de Manfrinópolis, e ter um documento com o registro de óbitos, assim atendendo a necessidade.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_011-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_011-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para que seja providenciado a encanação de água na linha São Jorge, assim atendendo as necessidades dos moradores da Comunidade Linha São Jorge.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_012-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_012-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para construção de uma quadra de esportes coberta, localizada na Escola Municipal Eça de Queiroz, com objetivo de atender o lazer e a diversão das crianças que ali estudam.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_013-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_013-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para que seja providenciado a construção de um Parque Infantil, localizada na Comunidade Barra Grande, com objetivo de atender o lazer e a diversão das crianças que ali residem.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/167/indicacao_no014-_cascalhamento-_altair.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/167/indicacao_no014-_cascalhamento-_altair.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para cascalhamento na estrada que dá acesso a propriedade do senhor Adelar Dalle Laste, do senhor Tiago Hansebauer e do senhor Eugenio Francisconi, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_no015-_perfuracao_de_poco_-domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_no015-_perfuracao_de_poco_-domingos.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para que seja providenciado a perfuração de um poço artesiano na comunidade São João, assim atendendo as necessidades dos moradores da Comunidade São João.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_no016-encanacoes_de_agua-domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_no016-encanacoes_de_agua-domingos.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para que seja providenciado a encanação de água na Linha Aparecida, assim atendendo as necessidades dos moradores da Comunidade Linha Aparecida.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_no017-_cascalhamento_-_jose_joao_filho_-.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_no017-_cascalhamento_-_jose_joao_filho_-.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para cascalhamento próximo a estrada da propriedade do senhor Aparecido Fernandes com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_no018-_recuperacao_e_limpeza_de_estrada_-_jose_joao_filho.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_no018-_recuperacao_e_limpeza_de_estrada_-_jose_joao_filho.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para a recuperação, limpeza e cascalhamento na estrada da linha Tamandaré com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_no019-_reforma_do_asfalto-__marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_no019-_reforma_do_asfalto-__marcos.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para que seja providenciado a reforma do asfalto na comunidade Barra Grande, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/173/indicacao_no020-_residuo_asfaltico_-tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/173/indicacao_no020-_residuo_asfaltico_-tiago.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja providenciado resíduo de asfalto para rua do campo velho até as proximidades da residência do senhor Valdir e Rodrigo Nunes, assim atendendo as necessidades dos moradores que ali residem.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/174/indicacao_no021-extencao_de_agua-thiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/174/indicacao_no021-extencao_de_agua-thiago.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias, para que seja feita uma extensão da rede de água do pavilhão da comunidade Alto São João até as casas da comunidade assim atendendo as necessidades dos moradores da Comunidade Alto São João.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/175/indicacao_no022-calcamento-sidney.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/175/indicacao_no022-calcamento-sidney.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para calçamento na estrada que dá acesso ao centro da cidade com a comunidade Barra Grande com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_23-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_23-2021.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado aquisição de um trator com equipamentos agrícolas para comunidade São João e região, assim atendendo as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/178/indicacao_24-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/178/indicacao_24-2021.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja providenciada a construção de um Portal de Entrada para Cidade, assim destacando a entrada da cidade.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>Ademir da Rosa, Fernando Gandin, José João Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_25-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_25-2021.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para que seja providenciada a limpeza de um bebedouro para bovinos, na propriedade do senhor Julio Borges de Oliveira, com objetivo de atender a necessidade do munícipe.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/180/indicacao_26-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/180/indicacao_26-2021.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar  recursos estaduais e federais para a construção de uma creche com berçário, assim atendendo as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>Altair Panzera, Domingos Alberto Rech, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_27-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_27-2021.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja feita a pavimentação asfáltica na rua nº8 com travessa 79 no bairro São Domingos, com objetivo de atender a necessidade dos munícipes.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_28-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_28-2021.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos, para que seja providenciado o cascalhamento na linha Aparecida e Gleba dos Morros, com objetivo de atender a necessidade dos munícipes.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_29-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_29-2021.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado resíduo de asfalto para pavimentação da rua do lago municipal próximo à casa do senhor Valter Fávero, assim atendendo as necessidades dos moradores que ali residem.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_30-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_30-2021.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado resíduo asfáltico para a pavimentação na rua que dá acesso ao Cemitério Municipal, assim melhorando o acesso o lugar.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_31-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_31-2021.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado maquinários próprios para secretaria de agricultura, assim desenvolvendo melhor seus trabalhos.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_32-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_32-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para construção de um calçamento e iluminação, na rua Campo Velho até o loteamento novo, com objetivo de atender a melhoria do trafego da população.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_33-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_33-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para que seja feito um gramado e uma arborização ao lado da academia ao ar livre, e   um letreiro com o nome da cidade, no sentido de dar mais conforto aos munícipes que  frequentam a academia.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_34-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_34-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado uma pavimentação poliédrica na serra da Comunidade Gleba dos Morros próximo da propriedade da família Krug, até a proximidade da casa do senhor Assis Pain, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_35-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_35-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado uma pavimentação poliédrica na serra da linha Soster, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_36-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_36-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado um terreno para construção de um Parque Industrial, com objetivo de conseguir mais áreas de trabalhos para os munícipes.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_37-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_37-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado uma pavimentação asfáltica no calçamento que dá acesso à Linha São Jorge, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Ademir da Rosa, Luiz Fernando Lopes da Costa</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_38-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_38-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado uma pavimentação poliédrica na Comunidade Santo Antônio, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/194/indicacao_39-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/194/indicacao_39-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado uma pavimentação poliédrica na Comunidade Savanhago na serra que liga a comunidade Aparecida, próximo a propriedade do senhor Adolvo Britto, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/195/indicacao_40-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/195/indicacao_40-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para construção de uma ponte de concreto, na comunidade São Jorge, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/196/indicacao_41-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/196/indicacao_41-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado um cascalhamento na estrada que dá acesso a propriedade do senhor Lourenço Schauss, na comunidade Santa Luzia, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/197/indicacao_42-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/197/indicacao_42-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado um cascalhamento na estrada que dá acesso a propriedade do senhor Francisco Borguezan, na comunidade Barra Grande, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/198/indicacao_43-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/198/indicacao_43-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado sinalizações com placas nas encruzilhadas indicando o nome das comunidades, com objetivo de indicar as comunidades.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Fernando Gandin, Marcos Antônio Francisconi</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/199/indicacao_44-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/199/indicacao_44-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para que a Secretaria de Esportes providencie a manutenção e a limpeza no campo da comunidade Barra Grande, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Fernando Gandin, Luiz Fernando Lopes da Costa</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_45-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_45-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para cascalhar   a estrada que dá início da cidade até a propriedade do senhor Ade Britto na linha Aparecida assim atendendo as necessidades dos munícipes que ali residem.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/201/indicacao_46-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/201/indicacao_46-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para fazer a pavimentação poliédrica na serra da estrada próximo ao senhor Zaco Zanella assim melhorando o tráfego dos que utilizam a estrada.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_47-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_47-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciada a construção de um coberto e uma decoração em pergolado na academia ao ar livre, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/205/indicacao_48-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/205/indicacao_48-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciada a construção de duas faixas elevadas no colégio Estadual São Cristóvão, com objetivo de atender as necessidades dos estudantes.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/206/indicacao_49-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/206/indicacao_49-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado a troca dos lixeiros da cidade por containers de lixo, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/207/indicacao_50-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/207/indicacao_50-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de conceder o título de cidadão honorário para o senhor Sebastião Rodrigues e o senhor Aldir Panzera, por seus serviços prestados ao município.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Luiz Fernando Lopes da Costa, Sidney José Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/208/indicacao_51-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/208/indicacao_51-2021.pdf</t>
   </si>
   <si>
     <t>Os  Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado uma decoração em pergolado e iluminação no lago municipal, com objetivo de atender o lazer dos munícipes.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/209/indicacao_52-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/209/indicacao_52-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja providenciado um cascalhamento na estrada que dá acesso a propriedade do senhor Adilso Pelentir Leite, na linha Turski, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_53-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_53-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado uma limpeza de um bebedouro para bovinos, na propriedade do senhor Jorge Luiz Cavalheiro, com objetivo de atender a necessidade do munícipe.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Altair Panzera, Tiago Aparecido Thomas, Domingos Alberto Rech</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/211/indicacao_54-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/211/indicacao_54-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado resíduo asfáltico na serra da igreja na comunidade São Jorge, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/212/indicacao_55-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/212/indicacao_55-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias à Secretaria de Agricultura para a construção de proteções em fontes de água e bebedouros para bovinos, com objetivo de atender a necessidade dos munícipes.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/213/indicacao_56-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/213/indicacao_56-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciada a construção de duas Faixas Elevadas na Escola Municipal Eça de Queiroz, com objetivo de atender as necessidades dos estudantes.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/214/indicacao_57-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/214/indicacao_57-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado resíduo asfáltico na serra da Linha Squena, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/215/indicacao_58-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/215/indicacao_58-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de providenciar um programa para o município subsidiar Adubo Orgânico ao nossos Agricultores, com objetivo de incentivar a produção de grãos e de pastagem para atender a demanda.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/216/indicacao_59-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/216/indicacao_59-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos, para que seja providenciada a construção de uma ponte de concreto, próximo a propriedade do senhor Zé Madruga, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/217/indicacao_60-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/217/indicacao_60-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de doar o terreno ao lado da biblioteca municipal para ser feito uma sede da Polícia Militar, assim melhorando a segurança dos munícipes.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_61-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_61-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado uma plantação de grama, no lado de cima da antiga Colégio Estadual São Cristovão, para uma contenção contra desmoronamento, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_62-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_62-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de providenciar um programa na agricultura para Hortifruti, com objetivo de providenciar uma oportunidade de uma renda melhor aos nossos Agricultores.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Altair Panzera, Domingos Alberto Rech, Marcos Antônio Francisconi, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/220/indicacao_63-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/220/indicacao_63-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para um parquinho infantil, campo sintético e uma quadra de areia no Lago Municipal, assim atendendo o lazer das crianças.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>José João Machado Filho, Marcos Antônio Francisconi</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/221/indicacao_64-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/221/indicacao_64-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de providenciar o termino do calcamento na serra da Igreja Congregação Cristã Brasil até a serra do Três de Maio, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/222/indicacao_65-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/222/indicacao_65-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para providenciar a construção de uma passarela que dá acesso ao campo municipal, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/223/indicacao_66-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/223/indicacao_66-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de providenciar um programa para o município subsidiar Calcário ao nossos agricultores, com objetivo de incentivar os nossos Agricultores.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/224/indicacao_67-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/224/indicacao_67-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja reconstruída a rede de água na Linha Martins, na comunidade Santa Terezinha, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/225/indicacao_68-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/225/indicacao_68-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado a encanação da rede de água até a propriedade do Senhor Jairo Albino Eloir de Campos, com objetivo de atender a necessidade do munícipe.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Ademir da Rosa, Fernando Gandin, Luiz Fernando Lopes da Costa, Sidney José Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_69-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_69-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de dar início a obra de encanação da rede de água na Linha Aparecida, com destino referente a emenda que ficara no valor aproximadamente de 50 (cinquenta) mil reais da Deputada Estadual Luciana Rafain, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/227/indicacao_70-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/227/indicacao_70-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado a compra de uma carreta agrícola para a Associação da Linha Santa Luzia, assim atendendo as necessidades da associação.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_071-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_071-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, solicitar que seja feito um programa para o subsídio de horas máquinas aos agricultores do município. Os incentivos serão destinados aos produtores rurais que possuam a inscrição de produtor e estejam em dia com a nota de produtor, com objetivo de incentivar nossos produtores.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/229/indicacao_072-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/229/indicacao_072-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de providenciar um programa de plantio de árvores frutíferas e árvores floridas na orla do Rio Encantilado, assim atendendo o objetivo de decorar a cidade.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_073-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_073-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de providenciar  um plano de carreira aos funcionários públicos do município de Manfrinópolis, assim atendendo as necessidades dos funcionários Públicos.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/231/indicacao_074-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/231/indicacao_074-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para a construção de um coberto em frente a Creche Municipal Mundo Encantado, assim atendendo as necessidades das crianças.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/232/indicacao_075-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/232/indicacao_075-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de providenciar um reajuste no salário dos servidores públicos, com objetivo de valorizar o trabalho de cada servidor.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Ademir da Rosa, Fernando Gandin, José João Machado Filho, Luiz Fernando Lopes da Costa, Sidney José Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/237/indicacao_076-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/237/indicacao_076-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado a instalação de câmeras de segurança, na Creche Municipal Mundo Encantado em também na Escola Eça de Queiroz, no sentido de providenciar a segurança para as crianças.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/238/indicacao_077-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/238/indicacao_077-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências no sentido de viabilizar os recursos necessários para que seja providenciada uma estrada de acesso a casa do senhor Loimar Rafain, na comunidade São João, com objetivo de atender a necessidade do munícipe.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/239/indicacao_078-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/239/indicacao_078-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências no sentido de viabilizar os recursos necessários para que seja providenciado uma pintura específica para o Ginásio de esportes do Barra Grande, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/240/indicacao_079-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/240/indicacao_079-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja construído uma estrutura coberta, na Creche Municipal Mundo Encantado, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/243/indicacao_080-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/243/indicacao_080-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado a iluminação na rua Valter Francisco Manfrin em frente da casa do senhor Alberto Petri, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_081-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_081-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado a iluminação na rua do Colégio Estadual São Cristóvão até o Pátio do Setor do Urbanismo, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Altair Panzera, Domingos Alberto Rech, José João Machado Filho, Marcos Antônio Francisconi, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_082-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_082-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de pedir aos órgãos competentes. para que seja adquirido um carro a Secretaria de Saúde, com objetivo de atender as necessidades da Secretaria da Saúde</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/246/indicacao_083-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/246/indicacao_083-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de fazer a locação de escavadeira hidráulica acoplada com rompedor para atender as necessidades do município.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/252/indicacao_084-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/252/indicacao_084-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado uma faixa elevada em frente à casa do Senhor Felipe Calegaro, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/253/indicacao_085-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/253/indicacao_085-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado uma placa de sinalização à saída do loteamento para a cidade, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/254/indicacao_86-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/254/indicacao_86-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de providenciar um banheiro e uma reforma na cancha de bocha da Comunidade Barra Grande, com objetivo de atender as necessidades do local.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/260/indicacao_087-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/260/indicacao_087-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado a construção de duas faixas elevadas em frente ao Lago Municipal, assim atendendo as necessidades do local.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/261/indicacao_088-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/261/indicacao_088-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciada a compra de insumos veterinários (Agulhas, iodo, e materiais para uso no atendimento a campo), com objetivo de atender as necessidades dos Veterinários da Secretaria de Agricultura.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/262/indicacao_089-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/262/indicacao_089-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciada a construção de duas rotatórias, uma em frente ao Posto de Gasolina e outra em frente ao  Mercado Carniel, com objetivo de tornar melhor a circulação do trânsito.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/264/indicacao_090-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/264/indicacao_090-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado a compra de um distribuidor de Adubo (Lancer) e um trator pulverizador (passador de veneno), com objetivo de atender as necessidades da Associação na Linha 3 de Maio.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/265/indicacao_091-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/265/indicacao_091-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado câmeras de segurança nas comunidades, com objetivo de melhorar a segurança dos nossos Munícipes.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/268/indicacao_92-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/268/indicacao_92-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja realizada a construção de uma escada, que de acesso ao Parque Infantil Municipal com o acostamento ao lado do asfalto, uma iluminação pública e uma troca da areia por grama sintética, para o Parque Infantil Municipal no bairro Campo Velho, com objetivo de ter um lazer superior para as crianças.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/269/indicacao_93-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/269/indicacao_93-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, que o Setor de Urbanismo tome as providências necessárias no sentido de realizar a recuperação das calçadas do nosso Município, com objetivo de suprir as necessidades dos Munícipes.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/270/indicacao_94-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/270/indicacao_94-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja construído um Poço Artesiano na cabeceira do Barra Grande, com objetivo de atender as necessidades dos Munícipes.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/271/indicacao_95-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/271/indicacao_95-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja contratada uma empresa qualificada para o fornecimento de cursos profissionalizantes aos nossos munícipes, com objetivo de fornecer e proporcionar a capacitação de profissionais em nosso município.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/272/indicacao_96-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/272/indicacao_96-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para seja realizada a substituição do carro da saúde da comunidade Barra Grande, que se encontra em condições precárias, com objetivo de ter um conforto superior aos pacientes da comunidade.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/274/indicacao_97-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/274/indicacao_97-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de oferecer o pavilhão do Barra Grande para empresas que estiverem há disposição de se instalar, com objetivo de ter mais oportunidade de emprego aos nossos munícipes.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/280/indicacao_98-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/280/indicacao_98-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar um Vale Alimentação aos servidores públicos que tem o salário inferior a 1.600,00 Reais, com objetivo de complementar e dar suporte à alimentação dos nossos servidores municipais.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/281/indicacao_no099-reforma_nas_estardas_do_sao_jorge__-ademir_luiz_fernando_fernando_gandin_sidney.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/281/indicacao_no099-reforma_nas_estardas_do_sao_jorge__-ademir_luiz_fernando_fernando_gandin_sidney.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado a reforma nas estradas da comunidade São Jorge, com objetivo de ter um acesso melhor a comunidade.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/282/indicacao_no100-distribuidor_de_adubo__-marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/282/indicacao_no100-distribuidor_de_adubo__-marcos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de providenciar recursos para que seja adquirido um Distribuidor de Adubo Líquido, com objetivo de atender as necessidades dos nossos Agricultores.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/290/indicacao_no0101-grade_de_protecao_no_lago-ademir_luiz_fernando_fernando_gandin_sidney.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/290/indicacao_no0101-grade_de_protecao_no_lago-ademir_luiz_fernando_fernando_gandin_sidney.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja providenciado uma Grade de Proteção em redor do Lago Municipal, com objetivo de ter uma segurança maior para nossas crianças.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/292/indicacao_no102-_ceder_um_terreno_.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/292/indicacao_no102-_ceder_um_terreno_.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de efetuar a Concessão Parcial do Lote N°08 da Quadra N°10, com objetivo de realizar a construção de um barracão para servir de garagem aos veículos da prefeitura.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/293/indicacao_no103-ceder_a_sala_da_creche_-ademir_luiz_fernando_fernando_gandin_sidney._-_copia.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/293/indicacao_no103-ceder_a_sala_da_creche_-ademir_luiz_fernando_fernando_gandin_sidney._-_copia.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de oferecer um espaço para empresa AE Uniformes e Vitoria Confecções, que neste momento há 10 funcionários nesta empresa, assim oferecendo condições superiores para conseguir ampliar seus negócios.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/294/indicacao_no104-contrucao_de_ponto_de_onibus__-altair_panzera_domingos_rech_jose_machado_marcos_a_francisconi_tiago_thomas.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/294/indicacao_no104-contrucao_de_ponto_de_onibus__-altair_panzera_domingos_rech_jose_machado_marcos_a_francisconi_tiago_thomas.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de fazer um ponto de ônibus na entrada do laticínio para as crianças que utilizam o transporte escolar  .Assim dando abrigo para os estudantes  caso necessário.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/295/indicacao_no105-contrucao_de_calcamento_-marcos_a_francisconi.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/295/indicacao_no105-contrucao_de_calcamento_-marcos_a_francisconi.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de fazer Calçamento do Ginásio de esporte do Barra Grande ate o começo do asfalto. Assim dando melhor acessibilidade ao local.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/296/indicacao_no106-_caminhao_pipa_.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/296/indicacao_no106-_caminhao_pipa_.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de providenciar recursos para que seja adquirido um Caminhão Pipa, com objetivo de ter um suporte maior as nossas secretarias da Agricultura e Setor Rodoviário.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/297/indicacao_no107-distribuidor_de_adubo__.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/297/indicacao_no107-distribuidor_de_adubo__.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de providenciar recursos para que seja adquirido uma cadeira odontológica nova para o Posto de Saúde da comunidade Santa Terezinha , com objetivo de atender as necessidades dos pacientes.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/302/indicacao_no109-uma_cerca_e_banheiros_no_campo_-.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/302/indicacao_no109-uma_cerca_e_banheiros_no_campo_-.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de providenciar recursos para construção de uma cerca em redor do Rio ao lado do Campo Municipal e a construção de dois banheiros no Parquinho das Crianças, com objetivo de atender as necessidades do local.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/303/indicacao_no110-vendedores_ambulantes_luiz_fernando_fernando_gandin_sidney.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/303/indicacao_no110-vendedores_ambulantes_luiz_fernando_fernando_gandin_sidney.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido para fixação de placas em locais adequados, orientandos os vendedores ambulantes, sobre os principais procedimentos para exercer atividades no território municipal, pelo fato de vários munícipes proprietários de comércios estão perguntando sobre a regularidade das vendas efetuadas pelos vendedores ambulantes.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/304/indicacao_no111-banheiro_no_cemiterio__-.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/304/indicacao_no111-banheiro_no_cemiterio__-.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de providenciar recursos para construção dois banheiros no Cemitério Municipal, com objetivo de atender as necessidades dos nossos Munícipes.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/305/indicacao_no112-calcamento__-.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/305/indicacao_no112-calcamento__-.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de providenciar recursos para que seja construído um calcamento na Serra do João Machado e na Santa Terezinha até o Cemitério da comunidade, com objetivo de atender as necessidades dos locais.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/306/indicacao_no113-area_industrial_-.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/306/indicacao_no113-area_industrial_-.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de providenciar recursos para que seja construído uma Area Industrial no valor de 200 mil reais, com objetivo de ter mais empregos aos nossos Munícipes.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/312/indicacao_no114-reforma_no_posto_de_saude_s.t__-.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/312/indicacao_no114-reforma_no_posto_de_saude_s.t__-.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de providenciar recursos para reforma no Posto de Saúde da comunidade Santa Terezinha, com objetivo de atender as necessidades dos nossos Munícipes.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/318/indicacao_no115-barracao_para_os_funcionarios_da_azul_luiz_fernando_fernando_gandin_sidney._-_copia_-_copia.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/318/indicacao_no115-barracao_para_os_funcionarios_da_azul_luiz_fernando_fernando_gandin_sidney._-_copia_-_copia.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de conceder ou construir um barracão de Pré-Moldado para empresa Zulli, com objetivo de atender as necessidades da Empresa e aos Funcionários.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/319/indicacao_no116-potecao_de_fonte__luiz_fernando_fernando_gandin_sidney.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/319/indicacao_no116-potecao_de_fonte__luiz_fernando_fernando_gandin_sidney.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido realizar uma proteção de fonte, com tubo de concreto no terreno da senhora Cleonice Daldin, com objetivo de atender as necessidades do local.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/251/prl_001-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/251/prl_001-2021.pdf</t>
   </si>
   <si>
     <t>Altera o Regimento Interno da Câmara de Vereadores de Manfrinópolis/PR (Resolução 4/2018) e dá outras providências.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
     <t>Proposta de Resolução sobre as contas do Poder Executivo do Exercício de 2013 (Cláudio Gubertt).</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/279/projeto_de_resolucao_03-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/279/projeto_de_resolucao_03-2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário do Município de Manfrinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/301/pl-_legislativo__-_004-2021_-_cidadao_honorario_-_getulio.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/301/pl-_legislativo__-_004-2021_-_cidadao_honorario_-_getulio.pdf</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/316/resolucao_05-2021_-_abre_credito_suplementar.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/316/resolucao_05-2021_-_abre_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo Municipal a abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação da Câmara de Vereadores do Município de Manfrinópolis, para o Exercício de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/320/resolucao_006-2021_-_cidadao_honorario_-_sebastiao_rodrigues.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/320/resolucao_006-2021_-_cidadao_honorario_-_sebastiao_rodrigues.pdf</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/317/resolucao_06-2021_-_aprova_contas_2019.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/317/resolucao_06-2021_-_aprova_contas_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DO EXECUTIVO MUNICIPAL DE MANFRINÓPOLIS, REFERENTES AO EXERCÍCIO FINANCEIRO DE 2019.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/474/pres_08-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/474/pres_08-2021.pdf</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/159/requerimento_002-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/159/requerimento_002-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
                     Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por problemas de saúde, não   pode ser fazer presente, à Sessão Ordinária do dia 22 de fevereiro do corrente ano.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento_007-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento_007-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, nos termos legais e regimentais, apresenta o presente requerimento, requerendo a aprovação do plenário e remessa ao Poder Executivo, para que a prefeitura providencie juntamente com a empresa OI a restauração do orelhão da comunidade Barra Grande, e que seja feita a restauração do PS antigo e instalado no posto de saúde. _x000D_
 	Dessa forma, requerem que o Poder Executivo busque alternativas para uso do referido para utilização do espaço citado.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento_008-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento_008-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
                     Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por estar com Covid-19, não pode ser fazer presente, à Sessão Ordinária do dia 10 e dia 17 de maio do corrente ano.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/255/requerimento_09-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/255/requerimento_09-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
                     Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por estar com do Covid-19, não pode ser fazer presente, à Sessão Ordinária do dia 31 de maio e dia 07 de junho do corrente ano.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/266/requerimento_10-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/266/requerimento_10-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
                     Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por estar com problemas de saúde, não pode ser fazer presente, à Sessão Ordinária do dia 16 de agosto do corrente ano.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/275/requerimento_11-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/275/requerimento_11-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
                     Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por motivos de saúde estava em consulta médica no HOSPITAL DO TRABALHADOR, no centro de Curitiba-Paraná, não pode ser fazer presente, à Sessão Ordinária do dia 13 de setembro do corrente ano.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>Luiz Fernando Lopes da Costa</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
                     Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por não conseguir se deslocar de Cascavel para Manfrinópolis há tempo da Sessão Ordinária, por motivo de excesso do trânsito no decorrer da viagem, não pode ser fazer presente, à Sessão Ordinária do dia 13 de setembro do corrente ano.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>Fernando Gandin</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/277/requerimento_13-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/277/requerimento_13-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
                     Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por estar com do Covid-19, não pode ser fazer presente, à Sessão Ordinária do dia 13 de setembro do corrente ano.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_no_014-_justificativa_de_falta-_luiz_fernando_da_costa.docx</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_no_014-_justificativa_de_falta-_luiz_fernando_da_costa.docx</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
                     Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por não conseguir se deslocar de Cascavel para Manfrinópolis há tempo da Sessão Ordinária, por motivo de excesso do trânsito no decorrer da viagem, não pode ser fazer presente, à Sessão Ordinária do dia 04 de outubro do corrente ano.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
                     Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por estar com suspeita do Covid-19, não pode ser fazer presente, à Sessão Ordinária do dia 22 de novembro do corrente ano.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Iniciativa Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/250/ple_002-2021.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/250/ple_002-2021.pdf</t>
   </si>
   <si>
     <t>Concede atualização salarial aos servidores ocupantes de cargos de provimento efetivo da Câmara Municipal de Manfrinópolis, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2326,68 +2326,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/148/ple_002-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_003-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/160/plo_005-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/161/plo_006-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/176/projeto_007-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/191/projeto_008-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/203/pl_009-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/247/pl_014-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/248/pl_015-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/249/pl_016-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/258/01-_projeto_de_lei_n_018-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/257/01-_projeto_de_lei_n_019-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/286/projeto_de_lei_no_021-2021_-_desafetacao_-_afetacao_-_praca.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/283/projeto_de_lei_no_024-2021_-__ppa.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/284/projeto_de_lei_no_025-2021_-_projeto_de_lei_ratificacao_termo_de_cooperacao.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/285/projeto_de_lei_no_026_-2021_-_permissao_de_uso_cabeceira_do_barra_grande_-_santaluzia_-lpb.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/287/projeto_de_lei_no_027-2021_-_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/288/projeto_de_lei_no_028-2021_-_desafetacao_-_escola_santa_terezinha_1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/307/projeto_de_lei_no_031-2021_-_concessao_de_imovel_a_empresa_sebastiao_rodrigues_servicos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/308/projeto_de_lei_no_033-2021_-_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/309/projeto_de_lei_no_035-2021_-_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/310/projeto_de_lei_no_036-2021_-_altera_lei_pessoa_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/311/projeto_de_lei_no_037-2021_-_altera_codigo_tributario_municipal.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/313/projeto_de_lei_no_039-2021_-_altera_lei_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/315/projeto_de_lei_no_40-2021_-__credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/236/01-proposta_de_emenda_a_lei_organica_n_01.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/267/emenda_02-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/152/indicacao_001-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_002-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/150/indicacao_003-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/153/indicacao_004-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/162/indicacao_005-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/154/indicacao_006-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/155/indicacao_007-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_008-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_009-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/163/indicacao_010-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_011-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_012-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_013-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/167/indicacao_no014-_cascalhamento-_altair.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_no015-_perfuracao_de_poco_-domingos.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_no016-encanacoes_de_agua-domingos.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_no017-_cascalhamento_-_jose_joao_filho_-.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_no018-_recuperacao_e_limpeza_de_estrada_-_jose_joao_filho.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_no019-_reforma_do_asfalto-__marcos.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/173/indicacao_no020-_residuo_asfaltico_-tiago.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/174/indicacao_no021-extencao_de_agua-thiago.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/175/indicacao_no022-calcamento-sidney.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_23-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/178/indicacao_24-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_25-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/180/indicacao_26-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_27-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_28-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_29-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_30-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_31-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_32-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_33-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_34-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_35-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_36-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_37-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_38-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/194/indicacao_39-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/195/indicacao_40-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/196/indicacao_41-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/197/indicacao_42-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/198/indicacao_43-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/199/indicacao_44-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_45-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/201/indicacao_46-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_47-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/205/indicacao_48-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/206/indicacao_49-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/207/indicacao_50-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/208/indicacao_51-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/209/indicacao_52-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_53-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/211/indicacao_54-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/212/indicacao_55-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/213/indicacao_56-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/214/indicacao_57-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/215/indicacao_58-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/216/indicacao_59-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/217/indicacao_60-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_61-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_62-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/220/indicacao_63-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/221/indicacao_64-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/222/indicacao_65-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/223/indicacao_66-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/224/indicacao_67-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/225/indicacao_68-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_69-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/227/indicacao_70-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_071-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/229/indicacao_072-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_073-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/231/indicacao_074-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/232/indicacao_075-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/237/indicacao_076-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/238/indicacao_077-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/239/indicacao_078-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/240/indicacao_079-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/243/indicacao_080-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_081-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_082-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/246/indicacao_083-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/252/indicacao_084-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/253/indicacao_085-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/254/indicacao_86-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/260/indicacao_087-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/261/indicacao_088-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/262/indicacao_089-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/264/indicacao_090-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/265/indicacao_091-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/268/indicacao_92-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/269/indicacao_93-2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/270/indicacao_94-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/271/indicacao_95-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/272/indicacao_96-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/274/indicacao_97-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/280/indicacao_98-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/281/indicacao_no099-reforma_nas_estardas_do_sao_jorge__-ademir_luiz_fernando_fernando_gandin_sidney.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/282/indicacao_no100-distribuidor_de_adubo__-marcos.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/290/indicacao_no0101-grade_de_protecao_no_lago-ademir_luiz_fernando_fernando_gandin_sidney.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/292/indicacao_no102-_ceder_um_terreno_.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/293/indicacao_no103-ceder_a_sala_da_creche_-ademir_luiz_fernando_fernando_gandin_sidney._-_copia.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/294/indicacao_no104-contrucao_de_ponto_de_onibus__-altair_panzera_domingos_rech_jose_machado_marcos_a_francisconi_tiago_thomas.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/295/indicacao_no105-contrucao_de_calcamento_-marcos_a_francisconi.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/296/indicacao_no106-_caminhao_pipa_.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/297/indicacao_no107-distribuidor_de_adubo__.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/302/indicacao_no109-uma_cerca_e_banheiros_no_campo_-.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/303/indicacao_no110-vendedores_ambulantes_luiz_fernando_fernando_gandin_sidney.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/304/indicacao_no111-banheiro_no_cemiterio__-.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/305/indicacao_no112-calcamento__-.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/306/indicacao_no113-area_industrial_-.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/312/indicacao_no114-reforma_no_posto_de_saude_s.t__-.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/318/indicacao_no115-barracao_para_os_funcionarios_da_azul_luiz_fernando_fernando_gandin_sidney._-_copia_-_copia.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/319/indicacao_no116-potecao_de_fonte__luiz_fernando_fernando_gandin_sidney.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/251/prl_001-2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/279/projeto_de_resolucao_03-2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/301/pl-_legislativo__-_004-2021_-_cidadao_honorario_-_getulio.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/316/resolucao_05-2021_-_abre_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/320/resolucao_006-2021_-_cidadao_honorario_-_sebastiao_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/317/resolucao_06-2021_-_aprova_contas_2019.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/474/pres_08-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/159/requerimento_002-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento_007-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento_008-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/255/requerimento_09-2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/266/requerimento_10-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/275/requerimento_11-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/277/requerimento_13-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_no_014-_justificativa_de_falta-_luiz_fernando_da_costa.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/250/ple_002-2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/148/ple_002-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_003-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/160/plo_005-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/161/plo_006-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/176/projeto_007-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/191/projeto_008-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/203/pl_009-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/247/pl_014-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/248/pl_015-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/249/pl_016-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/258/01-_projeto_de_lei_n_018-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/257/01-_projeto_de_lei_n_019-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/286/projeto_de_lei_no_021-2021_-_desafetacao_-_afetacao_-_praca.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/283/projeto_de_lei_no_024-2021_-__ppa.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/284/projeto_de_lei_no_025-2021_-_projeto_de_lei_ratificacao_termo_de_cooperacao.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/285/projeto_de_lei_no_026_-2021_-_permissao_de_uso_cabeceira_do_barra_grande_-_santaluzia_-lpb.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/287/projeto_de_lei_no_027-2021_-_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/288/projeto_de_lei_no_028-2021_-_desafetacao_-_escola_santa_terezinha_1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/307/projeto_de_lei_no_031-2021_-_concessao_de_imovel_a_empresa_sebastiao_rodrigues_servicos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/308/projeto_de_lei_no_033-2021_-_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/309/projeto_de_lei_no_035-2021_-_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/310/projeto_de_lei_no_036-2021_-_altera_lei_pessoa_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/311/projeto_de_lei_no_037-2021_-_altera_codigo_tributario_municipal.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/313/projeto_de_lei_no_039-2021_-_altera_lei_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/315/projeto_de_lei_no_40-2021_-__credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/236/01-proposta_de_emenda_a_lei_organica_n_01.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/267/emenda_02-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/152/indicacao_001-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_002-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/150/indicacao_003-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/153/indicacao_004-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/162/indicacao_005-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/154/indicacao_006-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/155/indicacao_007-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_008-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_009-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/163/indicacao_010-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_011-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_012-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_013-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/167/indicacao_no014-_cascalhamento-_altair.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_no015-_perfuracao_de_poco_-domingos.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_no016-encanacoes_de_agua-domingos.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_no017-_cascalhamento_-_jose_joao_filho_-.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_no018-_recuperacao_e_limpeza_de_estrada_-_jose_joao_filho.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_no019-_reforma_do_asfalto-__marcos.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/173/indicacao_no020-_residuo_asfaltico_-tiago.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/174/indicacao_no021-extencao_de_agua-thiago.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/175/indicacao_no022-calcamento-sidney.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_23-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/178/indicacao_24-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_25-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/180/indicacao_26-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_27-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_28-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_29-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_30-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_31-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_32-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_33-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_34-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_35-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_36-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_37-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_38-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/194/indicacao_39-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/195/indicacao_40-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/196/indicacao_41-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/197/indicacao_42-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/198/indicacao_43-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/199/indicacao_44-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_45-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/201/indicacao_46-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_47-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/205/indicacao_48-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/206/indicacao_49-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/207/indicacao_50-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/208/indicacao_51-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/209/indicacao_52-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_53-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/211/indicacao_54-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/212/indicacao_55-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/213/indicacao_56-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/214/indicacao_57-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/215/indicacao_58-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/216/indicacao_59-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/217/indicacao_60-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_61-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_62-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/220/indicacao_63-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/221/indicacao_64-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/222/indicacao_65-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/223/indicacao_66-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/224/indicacao_67-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/225/indicacao_68-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_69-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/227/indicacao_70-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_071-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/229/indicacao_072-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_073-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/231/indicacao_074-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/232/indicacao_075-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/237/indicacao_076-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/238/indicacao_077-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/239/indicacao_078-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/240/indicacao_079-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/243/indicacao_080-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_081-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_082-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/246/indicacao_083-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/252/indicacao_084-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/253/indicacao_085-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/254/indicacao_86-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/260/indicacao_087-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/261/indicacao_088-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/262/indicacao_089-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/264/indicacao_090-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/265/indicacao_091-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/268/indicacao_92-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/269/indicacao_93-2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/270/indicacao_94-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/271/indicacao_95-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/272/indicacao_96-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/274/indicacao_97-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/280/indicacao_98-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/281/indicacao_no099-reforma_nas_estardas_do_sao_jorge__-ademir_luiz_fernando_fernando_gandin_sidney.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/282/indicacao_no100-distribuidor_de_adubo__-marcos.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/290/indicacao_no0101-grade_de_protecao_no_lago-ademir_luiz_fernando_fernando_gandin_sidney.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/292/indicacao_no102-_ceder_um_terreno_.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/293/indicacao_no103-ceder_a_sala_da_creche_-ademir_luiz_fernando_fernando_gandin_sidney._-_copia.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/294/indicacao_no104-contrucao_de_ponto_de_onibus__-altair_panzera_domingos_rech_jose_machado_marcos_a_francisconi_tiago_thomas.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/295/indicacao_no105-contrucao_de_calcamento_-marcos_a_francisconi.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/296/indicacao_no106-_caminhao_pipa_.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/297/indicacao_no107-distribuidor_de_adubo__.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/302/indicacao_no109-uma_cerca_e_banheiros_no_campo_-.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/303/indicacao_no110-vendedores_ambulantes_luiz_fernando_fernando_gandin_sidney.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/304/indicacao_no111-banheiro_no_cemiterio__-.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/305/indicacao_no112-calcamento__-.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/306/indicacao_no113-area_industrial_-.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/312/indicacao_no114-reforma_no_posto_de_saude_s.t__-.tiago_a._domingos_r._altair_p._marcos_f._joao_jose_m.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/318/indicacao_no115-barracao_para_os_funcionarios_da_azul_luiz_fernando_fernando_gandin_sidney._-_copia_-_copia.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/319/indicacao_no116-potecao_de_fonte__luiz_fernando_fernando_gandin_sidney.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/251/prl_001-2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/279/projeto_de_resolucao_03-2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/301/pl-_legislativo__-_004-2021_-_cidadao_honorario_-_getulio.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/316/resolucao_05-2021_-_abre_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/320/resolucao_006-2021_-_cidadao_honorario_-_sebastiao_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/317/resolucao_06-2021_-_aprova_contas_2019.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/474/pres_08-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/159/requerimento_002-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento_007-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento_008-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/255/requerimento_09-2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/266/requerimento_10-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/275/requerimento_11-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/277/requerimento_13-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_no_014-_justificativa_de_falta-_luiz_fernando_da_costa.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2021/250/ple_002-2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H170"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="105.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="199.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="199" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>