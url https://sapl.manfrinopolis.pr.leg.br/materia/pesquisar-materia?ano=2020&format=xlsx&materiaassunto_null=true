--- v0 (2025-10-01)
+++ v1 (2026-03-07)
@@ -54,1319 +54,1319 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Caetano Ilair Alievi</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/13/projeto_5-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/13/projeto_5-2020.pdf</t>
   </si>
   <si>
     <t>Reajusta os vencimentos dos servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/14/projeto_6-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/14/projeto_6-2020.pdf</t>
   </si>
   <si>
     <t>Estabelece normas para o pagamento de diárias aos agentes públicos no âmbito do Poder Executivo do Município de Manfrinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/25/projeto_09-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/25/projeto_09-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal de Manfrinópolis, Estado do Paraná, alienar bem móvel de propriedade do Município e dá outras providências.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/26/projeto_10-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/26/projeto_10-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal de Manfrinópolis, Estado do Paraná, a conceder incentivo, mediante contrato administrativo de Concessão de Direito Real de Uso de bem imóvel e dá outras providências.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/123/projeto_lei_17-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/123/projeto_lei_17-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir um Crédito Adicional Especial, no orçamento geral do corrente exercício.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/138/projeto_lei_18-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/138/projeto_lei_18-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a adquirir por compra o Direito de Exploração de Poço Artesiano e da outras Providencias.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/139/projeto_lei_19-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/139/projeto_lei_19-2020.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MANFRINÓPOLIS PARA O EXERCÍCIO DE 2021.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/140/01-_projeto_no_020-2020-_concessao_direito_real_de_uso_de_bem_imovel.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/140/01-_projeto_no_020-2020-_concessao_direito_real_de_uso_de_bem_imovel.pdf</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/141/projeto_lei_21-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/141/projeto_lei_21-2020.pdf</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/142/projeto_lei_22-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/142/projeto_lei_22-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir um Crédito Adicional Suplementar, no orçamento geral do corrente exercício.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/</t>
   </si>
   <si>
     <t>EMENDA/MENSAGEM ADITIVA AO PROJETO DE LEI Nº 001/2020 DO EXECUTIVO</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/94/ec_01-2020_-_ldo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/94/ec_01-2020_-_ldo.pdf</t>
   </si>
   <si>
     <t>Emenda ao projeto que "Dispõem sobre as diretrizes para elaboração da Lei Orçamentária do Município de Manfrinópolis para o exercício de 2021 e dá outras providências."</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Brizola</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/106/emenda_03.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/106/emenda_03.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Vereadores do Município para a próxima legislatura (2021/2024). Emenda: Vereador - R$2.100,00 - Presidente: R$2.730,00</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Domingos Alberto Rech</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/107/emenda_04.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/107/emenda_04.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Vereadores do Município para a próxima legislatura (2021/2024). Vereador: 1.500,00, Presidente: R$ 1.950,00</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/108/emenda_05.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/108/emenda_05.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Subsídio do Prefeito, Vice-Prefeito e dos Secretários Municipais do Município de Manfrinópolis para a próxima Legislatura (2021/2024). Prefeito Municipal: R$ 5.000,00, Vice Prefeito: R$ 1.950,00 e Secretários Municipais: R$ 1.500,00 .</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Domingos Alberto Rech, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/40/indicacao_no_001-_atualizacao_planos_cargos-domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/40/indicacao_no_001-_atualizacao_planos_cargos-domingos.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias, solicitando a atualização dos planos de cargos e salários e a revisão dos vencimentos básicos de todos os servidores públicos municipais. Tendo em vista a média salarial regional e os pisos salariais dos profissionais do Brasil, a fim de comunicar que as leis nº529/2014, nº 0565/2015, nº 0598/2016, nº 0654/2017 e nº 0648/2017, referente ao Quadro Único dos Servidores, estão disponível no Portal da Transparência e seu acesso é através do link: https://leismunicipais.com.br/camara/pr/manfrinopolis</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Claudecir Pegoraro, Marcos Antônio Francisconi</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/41/indicacao_no_002-_construcao_de_pontilhao-_claude_d9o0i6N.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/41/indicacao_no_002-_construcao_de_pontilhao-_claude_d9o0i6N.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar_x000D_
 recurso para construção de um pontilhão sobre o Rio Barra Grande, na Comunidade São Sebastião da Bela Vista ( Barra Grande),próximo as propriedades dos Senhores Alcides Bazotti e Jorge Tonelo</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/42/indicacao_no_003-_recapeamento_asfaltico_-marcos__4xJ0JCy.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/42/indicacao_no_003-_recapeamento_asfaltico_-marcos__4xJ0JCy.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, recapeamento asfáltico no referido trecho da PR – 483 até a Comunidade São Sebastião da Bela Vista (Barra Grande).</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Marcos Antônio Francisconi</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/43/indicacao_no_004-concessao_predio_publico-__marco_hFi0EeA.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/43/indicacao_no_004-concessao_predio_publico-__marco_hFi0EeA.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido conceder em_x000D_
 regime concessão de uso o prédio da antiga Escola Getúlio Vargas, localizado na Comunidade Santa Terezinha para o Senhor Genoir de Paula, para implantação de uma fábrica de embutidos.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Taisller Guimarães da Silva</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/44/indicacao_no_005-_recuperacao_das_estradas_aparec_4Tcry9h.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/44/indicacao_no_005-_recuperacao_das_estradas_aparec_4Tcry9h.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, no sentido de viabilizar recurso, para reparação da estrada_x000D_
 de acesso a Comunidade da Linha Aparecida.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Ademir da Rosa</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/45/indicacao_no_006-_concessao-_santa_lucia-_ademir.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/45/indicacao_no_006-_concessao-_santa_lucia-_ademir.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, para que após estudo e projeto de viabilidade destine para Associação da Santa Luzia, através de concessão de direito real de uso os equipamentos agrícolas,( carreta agrícola e a grade_x000D_
 aradora).</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Domingos Alberto Rech, Taisller Guimarães da Silva</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/46/indicacao_no_007-_substituicao_das_lampadas-_domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/46/indicacao_no_007-_substituicao_das_lampadas-_domingos.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias, para que proceda a_x000D_
 substituição de todas as iluminarias convencionais por lâmpadas LED (light emitting diode).</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/47/indicacao_no_008-_aquisicao__container-_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/47/indicacao_no_008-_aquisicao__container-_tiago.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO ao Sr. Caetano Ilair Alievi, Prefeito Municipal de Manfrinópolis, através do setor competente, que tome as providências necessárias para aquisição e substituições das lixeiras (tambor) por lixeiras contêineres.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/48/indicacao_no_009-_redutor_de_velocidade_colegio.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/48/indicacao_no_009-_redutor_de_velocidade_colegio.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para que determine a construção de dois redutores de velocidade e instalação de placas de sinalização de_x000D_
 estacionamento de ônibus, visando a trafegabilidade de outros veículos na Rua Ernesto Panzera, frente ao Colégio Estadual São Cristóvão.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/49/indicacao_no010-_guardar_os_cxarros_na_garagem-_domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/49/indicacao_no010-_guardar_os_cxarros_na_garagem-_domingos.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para que todos os carros (excetos os carros de plantão) da prefeitura sejam guardados no pátio de máquinas, logo após expediente.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/50/indicacao_no011-_construcao_de_bueiros_inteligent_gQtt9HC.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/50/indicacao_no011-_construcao_de_bueiros_inteligent_gQtt9HC.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para a implantação de bueiros inteligentes.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de pavimentação poliédrica e instalação da rede de iluminação pública no Bairro Campo Velho ao Bairro Centro Novo.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/52/indicacao_no013-_encanamento_da_rede_de_agua_gleb_TPXRDrk.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/52/indicacao_no013-_encanamento_da_rede_de_agua_gleb_TPXRDrk.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar_x000D_
 recurso para conclusão da instalação e encanamento da rede abastecimento de água na Comunidade Gleba dos Morros.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Ademir da Rosa, Antônio Pereira, Brizola</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/53/indicacao_no014-_aquisicao_patrulha_-_ildo_ademir_antonio.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/53/indicacao_no014-_aquisicao_patrulha_-_ildo_ademir_antonio.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar_x000D_
 recursos junto ao Governo Federal ou Estadual, para aquisição de uma patrulha agrícola, que a mesma seja destinada para Comunidade Linha São João, Alto São João, Roncador e Canarinho.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/54/indicacao_no015-_coleta_de_embalagem_agrotoxico-__gYFfslw.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/54/indicacao_no015-_coleta_de_embalagem_agrotoxico-__gYFfslw.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para implantação de ponto de coleta de embalagens vazias de agrotóxicos, na Comunidades de Santa Terezinha.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Altair Panzera</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/55/indicacao_no016-_recuperacao_da_estrada_sao_jorge-_altair.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/55/indicacao_no016-_recuperacao_da_estrada_sao_jorge-_altair.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, no sentido de viabilizar recurso, para recuperação e_x000D_
 cascalhamento das estradas da Comunidade Linha São Jorge.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/56/indicacao_no017-_construcao_muro-_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/56/indicacao_no017-_construcao_muro-_tiago.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar_x000D_
 recurso para construção de muro de contenção no rio Aparecida, próximo a propriedade do senhor Evaldo Thomas e demais moradores.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/57/indicacao_no018-_construcao_redutor_velocidade_-_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/57/indicacao_no018-_construcao_redutor_velocidade_-_tiago.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido solicitar junto ao DER, a construção de um redutor de velocidade e instalação de placas de sinalizando entrada e saída de veículos, na PR 182, em frente ao Laticínio.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Marcos Antônio Francisconi, Taisller Guimarães da Silva</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/58/indicacao_no019-_construcao_de_redutor__-_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/58/indicacao_no019-_construcao_de_redutor__-_marcos.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias, solicitando a construção de um redutor de velocidade na Rua Adelia Guimarães da Silva, próximo a Lanchonete Parada do Lanche.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/29/indicacao_020-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/29/indicacao_020-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para solicitando ampliação e alargamento da Rua Campo Velho no  Bairro Campo Velho ao Bairro Centro Novo, a presente indicação se faz necessário devido ao alto fluxo de carros e caminhões que ali trafegam por conta do desvio. Com a ampliação e o alargamento da Rua Campo Velho, estaremos proporcionando maior comodidade para todos que por ali passam e maior segurança aos moradores e pedestres</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/59/indicacao_no021-_construcao_de_redutor_barra_gran_u3eq7l9.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/59/indicacao_no021-_construcao_de_redutor_barra_gran_u3eq7l9.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias, solicitando a instalação de placas de sinalização indicando limite de velocidade, na Rua Principal na Comunidade São Sebastião da Bela Vista ( Barra Grande).</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Claudecir Pegoraro, Domingos Alberto Rech, Marcos Antônio Francisconi</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/60/indicacao_no022-_caminhao_pipa-_claudeci__domingo_7Q3Ty6I.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/60/indicacao_no022-_caminhao_pipa-_claudeci__domingo_7Q3Ty6I.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias recursos junto ao Governo Federal ou Estadual, para aquisição de um Caminhão devidamente equipado para armazenamento de água. O mesmo seria destinado no combate de pequenos focos de incêndios, abastecimento de água e para melhoria das estradas.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/61/indicacao_no023-_construcao_calcamento_-altair.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/61/indicacao_no023-_construcao_calcamento_-altair.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de calçamento com pedras irregulares, Bairro São Domingos, rua 23 ( Vinte e três)</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/62/indicacao_no024-_construcao_calcamento-rua_seis__domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/62/indicacao_no024-_construcao_calcamento-rua_seis__domingos.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de pavimentação poliédrica rua seis, próximo a propriedade Senhora Ilza Moreira e demais moradores.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/63/indicacao_no025-_construcao_de_parque-_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/63/indicacao_no025-_construcao_de_parque-_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para construção de um Parque Infantil na Escola Municipal Cecília Meireles, localizada na Comunidade São Sebastião da Bela Vista (Barra Grande).</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/64/indicacao_no026-_substituicao_da_grama_-_ildo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/64/indicacao_no026-_substituicao_da_grama_-_ildo.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para que seja feita a substituição a grama natural do Campo Municipal por grama sintética.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/65/indicacao_no027-_construcao_de_calcamento-_ademir.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/65/indicacao_no027-_construcao_de_calcamento-_ademir.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de pavimentação poliédrica, na entrada da Comunidade Rio Saltinho até a Comunidade Santa Lucia.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/66/indicacao_no028-_auxilio_-_domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/66/indicacao_no028-_auxilio_-_domingos.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, a necessidade de, disponibilizar um auxílio no valor de Vinte Mil Reais (R$ 20.000,00), para cada comerciante do município.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/67/indicacao_no029-_construcao_passarela-_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/67/indicacao_no029-_construcao_passarela-_tiago.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de uma passarela suspensa sobre o Rio Encantilado, a mesma interliga a rua Vereador Clodomir Chorna ao Centro de Eventos, Campo Municipal.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/68/indicacao_no030-_coleta_de_lixo_-_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/68/indicacao_no030-_coleta_de_lixo_-_tiago.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para implantar pontos de coleta em cada uma das comunidades e, em seguida disponibilize o serviço de coleta de lixo em dias previamente estabelecidos.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Antônio Pereira</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/69/indicacao_no031-_recuperacao_das_estradas_alto_sa_Vjo7hUQ.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/69/indicacao_no031-_recuperacao_das_estradas_alto_sa_Vjo7hUQ.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, no sentido de viabilizar recurso, para recuperação e cascalhamento das estradas da Linha Alto São João até a Comunidade da Linha Roncador.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Altair Panzera, Claudecir Pegoraro, Domingos Alberto Rech, Marcos Antônio Francisconi, Taisller Guimarães da Silva, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/70/indicacao_no032-hora_maquina-_taisller_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/70/indicacao_no032-hora_maquina-_taisller_tiago.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, a criação de um Programa para subsidiar a todos os agricultores do município que estão enfrentando problemas momentâneos decorrentes da crise provocada pela pandemia COVID-19 com cinco horas máquinas ou o valor correspondente em: sementes ( milho, aveia, trigo) e pastagem.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, criação de um Programa de Auxílio Emergencial de Distribuição de Cestas Básicas no valor de duzentos reais ( R$ 200,00), paras famílias com renda mensal de até dois salários mínimos.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/72/indicacao_no034-_concessao_trator_santa_terazinha_ildo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/72/indicacao_no034-_concessao_trator_santa_terazinha_ildo.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, para proceder a substituição do trator cedido para Associação da Santa Terezinha, por um trator novo Modelo TL 75 New Holland.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/73/indicacao_no035-concessao_predio_publico-__tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/73/indicacao_no035-concessao_predio_publico-__tiago.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido conceder em regime Concessão de Direito Real de Uso do imóvel, localizado na Rua Valter Francisco Manfrin, para implantação de uma estamparia .</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/74/indicacao_no036-_perfuracao_de_poco-domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/74/indicacao_no036-_perfuracao_de_poco-domingos.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja feita a perfuração de um Poço Artesiano na Comunidade da Linha São José, assim atendendo as necessidades dos moradores das Comunidades Linha São José e Linha Tamandaré.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Claudecir Pegoraro</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/75/indicacao_no037-_poco_artesiano_linha_freire-_cla_HV8IebJ.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/75/indicacao_no037-_poco_artesiano_linha_freire-_cla_HV8IebJ.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja feita a perfuração de um poço artesiano na comunidade da Linha Freire, assim atendendo as necessidades dos moradores das Comunidades Cabeceira do Barra Grande e Linha Freire.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/76/indicacao_no038-_contratacao_medico_pediatra-_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/76/indicacao_no038-_contratacao_medico_pediatra-_marcos.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, solicita ao Chefe do Poder Executivo Municipal estudo de viabilidade para a contratação de um médico pediatra para estar atendendo na unidade de saúde do município.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/77/indicacao_no039-_ampliacao_da_rede_de_agua-_marco_2ZMku1q.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/77/indicacao_no039-_ampliacao_da_rede_de_agua-_marco_2ZMku1q.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, ampliação da rede de abastecimento de água da Linha Rio Tunal até a residência do senhor Eloir de Campos.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/78/indicacao_no040-_construcao_de_calcadas_sao_domin_FVvQ1KR.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/78/indicacao_no040-_construcao_de_calcadas_sao_domin_FVvQ1KR.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias, solicitando a construção de calçadas no Bairro São Domingos, nas Ruas Cinco, Oito e Nove.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/79/indicacao_no041-_construcao_ponte-_domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/79/indicacao_no041-_construcao_ponte-_domingos.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de uma ponte suspensa sobre o Rio Encantilado, na estrada que liga a propriedade do senhor José Fogaça e demais moradores.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/80/indicacao_no042-projeto_do_leilao-_ildo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/80/indicacao_no042-projeto_do_leilao-_ildo.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, para encaminhe para essa Casa de Leis um Projeto de Lei que autoriza o Poder Executivo a promover leilão para alienar veículos, máquinas, equipamentos e sucatas, considerados inservíveis, de propriedade do município, e que parte do recurso arrecadado seja destinado para conclusão das obras de instalação de encanamento de água das Comunidades da Linha Aparecida e Linha Squina.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/81/indicacao_no043-_substituicao_de_tubos_sandra-_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/81/indicacao_no043-_substituicao_de_tubos_sandra-_tiago.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja feita a substituição da tubulação já existente, por tubulação de maior diâmetro, próximo a propriedade da senhora Sandra Thomas e demais moradores.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/82/indicacao_no044-_construcao_de_calcadas_rua_adeli_SdPavTW.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/82/indicacao_no044-_construcao_de_calcadas_rua_adeli_SdPavTW.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias, solicitando a construção de calçadas e muro de arrimo na Rua Adelia Guimarães da Silva, próximo a Lanchonete Parada do Lanche, da Senhora Ines Schissel e demais moradores.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/83/indicacao_no045-_conclusao_do_calcamento_-_marcos_dg44ucT.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/83/indicacao_no045-_conclusao_do_calcamento_-_marcos_dg44ucT.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, mostrando a necessidade de proceder à conclusão do calçamento da Linha Três de Maio, em frente da Igreja Congregação Cristão do Brasil até a proximidade da propriedade do Senhor José Tavares de Lima.</t>
   </si>
   <si>
     <t>Antônio Pereira, Claudecir Pegoraro, Marcos Antônio Francisconi</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/30/indicacao_046-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/30/indicacao_046-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de pavimentação poliédrica da Comunidade São Sebastião da Bela Vista (Barra Grande) até a Comunidade da Linha Canarinho.</t>
   </si>
   <si>
     <t>Altair Panzera, Marcos Antônio Francisconi, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/31/indicacao_047-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/31/indicacao_047-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para recuperação com cascalhamento das estradas das Comunidades da Linha Canarinho até Linha Petraski.</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/32/indicacao_048-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/32/indicacao_048-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de pavimentação poliédrica na rua de acesso a Igreja 4 Fases e a rua de acesso a propriedade do senhor Getúlio Alves e demais moradores.</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/33/indicacao_049-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/33/indicacao_049-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, no sentido de viabilizar recurso, para recuperação e cascalhamento das estradas da Comunidade Linha São João, priorizado a estrada de acesso a propriedade do senhor José Rafain.</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/34/indicacao_50-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/34/indicacao_50-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, no sentido de viabilizar recurso, aquisição e instalação de câmeras de segurança no pátio de máquinas da prefeitura. A instalação de câmeras de segurança vai coibir ações criminosas e vandalismos, assim protegendo o patrimônio público.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Altair Panzera, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/89/indicacao_51-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/89/indicacao_51-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, no sentido de viabilizar recurso, mostrando a necessidade de proceder a construção da cobertura da quadra de esporte da Escola Municipal Eça de Queiros. A indicação se justifica pelo benefício que esta estrutura ocasionará a escola, beneficiando diretamente aos alunos, para a prática de seus exercícios físicos. Pois o esporte é uma ferramenta de fundamental importância para a formação psicossocial de um cidadão e contribui no processo de inclusão social.</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/35/indicacao_52-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/35/indicacao_52-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de pavimentação poliédrica da PR 182 até a Comunidade Santo Antônio.</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/36/indicacao_53-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/36/indicacao_53-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de pavimentação poliédrica nas estradas da Comunidade Gleba dos Morros, priorizando pontos mais críticos e com declive na estrada próximo a propriedade do senhor Jair Krug e os demais.</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/37/indicacao_54-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/37/indicacao_54-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de pavimentação poliédrica nas estradas da Comunidade Tancredo Benghi, priorizando pontos mais críticos e com declive na estrada próximo as propriedades do senhor Paulo Carniel e o senhor Jacó Zanella e os demais.</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/38/indicacao_55-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/38/indicacao_55-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para instalação de barreira sanitária na entrada do Município (sentido Francisco Beltrão). Devido a confirmação de casos de Covid-19 no Município e o aumento dos casos registrados na região. “A instalação de barreiras sanitárias é uma forma de monitorar as pessoas que entram em nosso Município, destaca o vereador, ao lembrar que o município possui um fluxo contínuo de visitantes de outros países, estados e cidades.</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/39/indicacao_56-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/39/indicacao_56-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para construção de uma ponte para pedestre (pinguela), sobre o rio Encantilado  para ligar os bairros Centro Novo e o Centro.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/84/indicacao_57-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/84/indicacao_57-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de pavimentação poliédrica da PR 182 até Comunidade Aparecida.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/85/indicacao_58-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/85/indicacao_58-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de pontilhão na Comunidade da Linha Aparecida, próximo a propriedade do senhor José Marcheski.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/86/indicacao_59-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/86/indicacao_59-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido solicitar junto ao DER, a construção de duas áreas de escape na PR182, para que os veículos de grande porte possam usar como refúgio caso o sistema de frenagem pare de funcionar.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/90/indicacao_60-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/90/indicacao_60-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de pavimentação poliédrica na comunidade de Santa Terezinha até o que liga a comunidade de Planaltinho.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/91/indicacao_61-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/91/indicacao_61-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para cascalhamento na estrada da Dona Ivone Scheifer próximo a comunidade Linha Esquina.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/92/indicacao_62-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/92/indicacao_62-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido conceder em regime Concessão de Direito Real de Uso do imóvel, antiga cancha de bocha e antiga fábrica AMIEL, para empresas que queiram se instalar afim de gerar emprego e renda aos munícipes, imóveis estes localizados na comunidade São Sebastião da Bela Vista.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/95/indicacao_63-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/95/indicacao_63-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de adquirir resíduo asfáltico para dispor sobre a estrada que fica entre o desvio da Rua do Campo velho até o Loteamento novo, devido a construção da nova ponte sobre o Rio Encantilado.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/96/indicacao_64-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/96/indicacao_64-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para ampliação de rede de água na Linha Canarinho até a propriedade do Senhor Adão Pereira da Silva e Neco Fischer.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/109/indicacao_65-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/109/indicacao_65-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias na recuperação das estradas entre a Comunidade da Linha Freire até a Cabeceira do Barra Grande, com o objetivo de beneficiar os munícipes.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/110/indicacao_66-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/110/indicacao_66-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias na recuperação das estradas entre a Comunidade da Linha Freire até a comunidade do Roncador, próximo a fazenda do Senhor Sidnei da Rosa, com o objetivo de beneficiar os munícipes.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/111/indicacao_67-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/111/indicacao_67-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para a aquisição de um britador móvel, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/112/indicacao_68-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/112/indicacao_68-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para disponibilizar  máquina para fazer tubulação no início da propriedade do senhor Darci Recalcatti, na Linha Saltinho, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>Jairo Souza Albino</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/113/indicacao_69-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/113/indicacao_69-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para cascalhamento na chegada da propriedade do senhor Marcelo da Costa, com objetivo de atender as necessidades, sendo que o mesmo atua na atividade leiteira e o caminhão não tem como chegar na estrebaria.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/114/indicacao_70-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/114/indicacao_70-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para arrumar bueiro na estrada que dá acesso as propriedades de Miguel Zamber e Pedro Zamber e demais moradores com tubos de maior diâmetro, sendo que o mesmo está quebrado e houve a necessidade dos moradores que ali residem de levar pedras com a carroça para que os caminhões que fazem a coleta do leite pudessem passar.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/115/indicacao_71-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/115/indicacao_71-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para construção de uma ponte sobre o rio nas proximidades da propriedade do Senhor Zé Madruga, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/116/indicacao_72-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/116/indicacao_72-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para que se faça reparos na estrada da Linha Muller até a Linha Aparecida, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/117/indicacao_73-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/117/indicacao_73-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, providências necessárias no sentido de viabilizar a recuperação com cascalhamento das estradas das Comunidades Tamandaré Alto e Tamandaré Baixo, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, mostrando a necessidade de proceder à conclusão do calçamento da Comunidade Santa Terezinha até a Comunidade do Plantaltinho, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/119/indicacao_75-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/119/indicacao_75-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para iluminação na frente da Igreja, Pavilhão até o Laticínio da comunidade de Bela Vista do Encantilado, com objetivo de melhorar a visibilidade da entrada da comunidade, bem como para quem trabalha ou frequenta o Laticínio.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>Altair Panzera, Domingos Alberto Rech, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/120/indicacao_76-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/120/indicacao_76-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para construção de uma ponte de concreto próximo a propriedade do senhor Valdir Kaiper e demais moradores da Linha São Jorge, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/125/indicacao_77-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/125/indicacao_77-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de um portal na entrada e um na saída do município, sendo um na linha Bela Vista do Encantilado e outro na União da Serra, divisa com Salgado Filho.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Antônio Pereira, Brizola, Paulo Jozias Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/126/indicacao_78-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/126/indicacao_78-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para aquisição de um trator de esteira devidamente equipado para suprir as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/127/indicacao_79-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/127/indicacao_79-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para aprofundar a perfuração do poço artesiano localizado próximo ao laticínio na Comunidade de Bela Vista do Encantilado.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/128/indicacao_80-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/128/indicacao_80-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para realizar cascalhamento e melhorias na estrada do Barra Grande até a Linha Castelinho.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/130/indicacao_81-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/130/indicacao_81-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para concessão de uso de terreno e barracão para abrir uma agroindústria no município, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/131/indicacao_82-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/131/indicacao_82-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para adquirir um terreno para construção de um pavilhão industrial, com objetivo de atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/132/indicacao_83-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/132/indicacao_83-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de uma cisterna na comunidade do Savanhago, com objetivo de atender as necessidades das indústrias locais e moradores.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/133/indicacao_84-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/133/indicacao_84-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias  para elaboração de um Projeto de Lei para oficializar a  denominação das seguintes ruas: Rua da Igreja Pastor Mario, com o nome de Valdivino Siqueira; Rua do morro atrás do Clube de Dança Estrela da Noite, com o nome de  Professora Rosalina Padilha; Rua do Campo Velho, com o nome de Anibaldo Seibt; Rua quinze, perto da Escola Municipal Eça de Queiroz, com o nome de Valdomiro Correia.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/134/indicacao_85-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/134/indicacao_85-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para implementação do Sistema de Inspeção Municipal - SIM e posterior a adesão ao  Sistema Unificado Estadual de Sanidade Agroindustrial Familiar, Artesanal e de Pequeno Porte – SUSAF, que envolve um conjunto de ações de inspeção sanitária e de fiscalização dos produtos oriundos da agricultura e agroindústria familiares, de produção artesanal e de agroindústria de pequeno porte, com objetivo de melhorar a qualidade dos produtos oriundos das agroindústrias/agricultura, bem como gerar renda e assim atender as necessidades dos munícipes.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/135/indicacao_86-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/135/indicacao_86-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de cisternas em todas as comunidades do município, com objetivo de atender as necessidades das indústrias locais e moradores.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/136/indicacao_87-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/136/indicacao_87-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para instalação de lixeiras nas vias públicas do bairro Centro Novo, com objetivo de atender as necessidades da população que ali reside.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/137/indicacao_88-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/137/indicacao_88-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para instalação de uma guarita de fiscalização para caminhões e afins na comunidade da Linha Savanhago, com objetivo de fiscalização e orientação sobre a descida íngreme, para assim tentar evitar os acidentes recorrentes neste trecho.</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/28/resolucao_001-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/28/resolucao_001-2020.pdf</t>
   </si>
   <si>
     <t>Altera Resolução 04/2019, e dá outras providências.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/121/resolucao_02-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/121/resolucao_02-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DO EXECUTIVO MUNICIPAL DE MANFRINÓPOLIS, REFERENTES AO EXERCÍCIO FINANCEIRO DE 2016.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/122/resolucao_03-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/122/resolucao_03-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DO EXECUTIVO MUNICIPAL DE MANFRINÓPOLIS, REFERENTES AO EXERCÍCIO FINANCEIRO DE 2018.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo Municipal a abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação da Câmara de Vereadores do Município de Manfrinópolis, para o Exercício de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Plenário - Plen</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/16/requerimento_01-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/16/requerimento_01-2020.pdf</t>
   </si>
   <si>
     <t>Retirada de pauta do projeto 001/2020 - Reajusta o Piso Salarial do Magistério Municipal para o exercício de 2020</t>
   </si>
   <si>
     <t>Prorrogação do prazo da Comissão Parlamentar de Inquérito</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/18/requerimento_03-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/18/requerimento_03-2020.pdf</t>
   </si>
   <si>
     <t>Informação sobre a construção da unidade nova do Posto de Saúde da Comunidade São Sebastião da Bela Vista (Barra Grande).</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/19/requerimento_04-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/19/requerimento_04-2020.pdf</t>
   </si>
   <si>
     <t>Justificativa de falta</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/20/requerimento_05-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/20/requerimento_05-2020.pdf</t>
   </si>
   <si>
     <t>Aquisição de poço para que possa ser utilizado pelas Comunidades de Santo Antônio do Divisor e São João</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/21/requerimento_06-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/21/requerimento_06-2020.pdf</t>
   </si>
   <si>
     <t>01 – A relação das obras públicas executadas no período de 2017 a 2020 no município, com as fases de execução, com os respectivos documentos que_x000D_
 serviram de âncora às avenças firmadas;_x000D_
 02 – A relação das empresas prestadoras de serviços contratadas pelo Governo Municipal, por setores da Administração Pública, com os respectivos_x000D_
 documentos embasadores da contratação._x000D_
 03- Relatório completo com os valores gastos com os materiais aplicados em obras.</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/22/requerimento_07-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/22/requerimento_07-2020.pdf</t>
   </si>
   <si>
     <t>Por quais razões a coleta de lixo não estão sendo feitas nas comunidades Santa Terezinha e São Sebastião da Bela Vista (Barra Grande). Moradores das_x000D_
 referidas localidades estão reclamando que o caminhão da coleta de lixo não está realizando o serviço nas Comunidades.</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/87/requerimento_08-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/87/requerimento_08-2020.pdf</t>
   </si>
   <si>
     <t>Justificativa de falta, do Vereador Requerente, acompanhar a esposa em uma consulta médica na cidade de Curitiba -PR, por essa razão, não   pode ser fazer presente, à Sessão Ordinária do dia 08 de junho do corrente ano.</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/88/requerimento_09-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/88/requerimento_09-2020.pdf</t>
   </si>
   <si>
     <t>Informações sobre a transferência de setor e local de trabalho da Sra. Simonia Glória Leite</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/93/requerimento_10-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/93/requerimento_10-2020.pdf</t>
   </si>
   <si>
     <t>Justificar falta, do Vereador Requerente, precisou ficar em quarentena (quinze dias) por contato com pessoa contaminada com a doença COVID-19, não   pode se fazer presente, à Sessão Ordinária nos dias 08 e 15 de junho do corrente ano.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>O vereador CLAUDECIR PEGORARO infra-assinado, do partido PDT, com assento nesta Casa de Leis, vem à presença de Vossa Excelência, em conformidade com os artigo 21 e seguintes do Regimento Interno e artigo 38, inciso III, da Lei Orgânica do Município, submeter ao Egrégio Plenário o presente REQUERIMENTO DE LICENÇA, pelo período de trinta dias, a contar do dia 01 de agosto de 2020 a 31 de agosto de 2020 para tratar, sem remuneração, de interesse particular.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/124/requerimento.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/124/requerimento.pdf</t>
   </si>
   <si>
     <t>O vereador ADEMIR DA ROSA infra-assinado, do partido PV, com assento nesta Casa de Leis, vem à presença de Vossa Excelência, em conformidade com os artigo 21 e seguintes do Regimento Interno e artigo 38, inciso III, da Lei Orgânica do Município, submeter ao Egrégio Plenário o presente REQUERIMENTO DE LICENÇA, pelo período de trinta dias, a contar do dia 01 de setembro de 2020 a 30 de setembro de 2020 para tratar, sem remuneração, de interesse particular.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/129/requerimento_13-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/129/requerimento_13-2020.pdf</t>
   </si>
   <si>
     <t>Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, não pode comparecer por estar na estrada e ocorreu problemas mecânicos no carro, por essa razão, não pode se fazer presente, à Sessão Ordinária no dia 14 de setembro do corrente ano.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/144/requerimento_14-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/144/requerimento_14-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
                     Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, não pode comparecer porque ocorreu problemas mecânicos no carro, por essa razão, não pode se fazer presente, à Sessão Ordinária no dia 23 de novembro do corrente ano.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/145/requerimento_15-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/145/requerimento_15-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
                     Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, precisou ficar em isolamento domiciliar por quinze dias, pois teve contato com pessoa infectada com o Covid-19, por essa razão, não   pode se fazer presente, à Sessão Ordinária nos dias 07 e 14 de dezembro do corrente ano.</t>
   </si>
   <si>
     <t>POR</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/23/portaria_04-2020_-_comissoes_fixas.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/23/portaria_04-2020_-_comissoes_fixas.pdf</t>
   </si>
   <si>
     <t>Nomeia as Comissões Permanentes da Câmara Municipal de Vereadores de Manfrinópolis-Pr para o Biênio 2019/2020.</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Iniciativa Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/24/projeto_03-2020_-_legislativo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/24/projeto_03-2020_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Estabelece normas para o pagamento de diárias aos agentes públicos no âmbito do Poder Legislativo do Município de Manfrinópolis/PR e dá outras providências.</t>
   </si>
   <si>
     <t>Domingos Alberto Rech, Marcos Antônio Francisconi, Tiago Aparecido Thomas</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo Municipal Filiar-se e a contribuir mensalmente com a Associação das Câmaras Municipais do Sudoeste do Paraná-ACAMSOP</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/102/pll_05-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/102/pll_05-2020.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Vereadores do Município para a próxima legislatura (2021/2024).</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/103/pll_06-2020.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/103/pll_06-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Subsídio do Prefeito, Vice-Prefeito e dos Secretários Municipais do Município de Manfrinópolis para a próxima Legislatura (2021/2024).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1673,68 +1673,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/13/projeto_5-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/14/projeto_6-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/25/projeto_09-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/26/projeto_10-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/123/projeto_lei_17-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/138/projeto_lei_18-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/139/projeto_lei_19-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/140/01-_projeto_no_020-2020-_concessao_direito_real_de_uso_de_bem_imovel.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/141/projeto_lei_21-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/142/projeto_lei_22-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/94/ec_01-2020_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/106/emenda_03.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/107/emenda_04.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/108/emenda_05.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/40/indicacao_no_001-_atualizacao_planos_cargos-domingos.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/41/indicacao_no_002-_construcao_de_pontilhao-_claude_d9o0i6N.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/42/indicacao_no_003-_recapeamento_asfaltico_-marcos__4xJ0JCy.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/43/indicacao_no_004-concessao_predio_publico-__marco_hFi0EeA.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/44/indicacao_no_005-_recuperacao_das_estradas_aparec_4Tcry9h.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/45/indicacao_no_006-_concessao-_santa_lucia-_ademir.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/46/indicacao_no_007-_substituicao_das_lampadas-_domingos.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/47/indicacao_no_008-_aquisicao__container-_tiago.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/48/indicacao_no_009-_redutor_de_velocidade_colegio.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/49/indicacao_no010-_guardar_os_cxarros_na_garagem-_domingos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/50/indicacao_no011-_construcao_de_bueiros_inteligent_gQtt9HC.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/52/indicacao_no013-_encanamento_da_rede_de_agua_gleb_TPXRDrk.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/53/indicacao_no014-_aquisicao_patrulha_-_ildo_ademir_antonio.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/54/indicacao_no015-_coleta_de_embalagem_agrotoxico-__gYFfslw.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/55/indicacao_no016-_recuperacao_da_estrada_sao_jorge-_altair.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/56/indicacao_no017-_construcao_muro-_tiago.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/57/indicacao_no018-_construcao_redutor_velocidade_-_tiago.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/58/indicacao_no019-_construcao_de_redutor__-_marcos.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/29/indicacao_020-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/59/indicacao_no021-_construcao_de_redutor_barra_gran_u3eq7l9.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/60/indicacao_no022-_caminhao_pipa-_claudeci__domingo_7Q3Ty6I.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/61/indicacao_no023-_construcao_calcamento_-altair.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/62/indicacao_no024-_construcao_calcamento-rua_seis__domingos.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/63/indicacao_no025-_construcao_de_parque-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/64/indicacao_no026-_substituicao_da_grama_-_ildo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/65/indicacao_no027-_construcao_de_calcamento-_ademir.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/66/indicacao_no028-_auxilio_-_domingos.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/67/indicacao_no029-_construcao_passarela-_tiago.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/68/indicacao_no030-_coleta_de_lixo_-_tiago.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/69/indicacao_no031-_recuperacao_das_estradas_alto_sa_Vjo7hUQ.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/70/indicacao_no032-hora_maquina-_taisller_tiago.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/72/indicacao_no034-_concessao_trator_santa_terazinha_ildo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/73/indicacao_no035-concessao_predio_publico-__tiago.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/74/indicacao_no036-_perfuracao_de_poco-domingos.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/75/indicacao_no037-_poco_artesiano_linha_freire-_cla_HV8IebJ.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/76/indicacao_no038-_contratacao_medico_pediatra-_marcos.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/77/indicacao_no039-_ampliacao_da_rede_de_agua-_marco_2ZMku1q.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/78/indicacao_no040-_construcao_de_calcadas_sao_domin_FVvQ1KR.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/79/indicacao_no041-_construcao_ponte-_domingos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/80/indicacao_no042-projeto_do_leilao-_ildo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/81/indicacao_no043-_substituicao_de_tubos_sandra-_tiago.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/82/indicacao_no044-_construcao_de_calcadas_rua_adeli_SdPavTW.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/83/indicacao_no045-_conclusao_do_calcamento_-_marcos_dg44ucT.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/30/indicacao_046-2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/31/indicacao_047-2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/32/indicacao_048-2020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/33/indicacao_049-2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/34/indicacao_50-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/89/indicacao_51-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/35/indicacao_52-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/36/indicacao_53-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/37/indicacao_54-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/38/indicacao_55-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/39/indicacao_56-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/84/indicacao_57-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/85/indicacao_58-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/86/indicacao_59-2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/90/indicacao_60-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/91/indicacao_61-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/92/indicacao_62-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/95/indicacao_63-2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/96/indicacao_64-2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/109/indicacao_65-2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/110/indicacao_66-2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/111/indicacao_67-2020.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/112/indicacao_68-2020.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/113/indicacao_69-2020.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/114/indicacao_70-2020.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/115/indicacao_71-2020.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/116/indicacao_72-2020.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/117/indicacao_73-2020.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/119/indicacao_75-2020.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/120/indicacao_76-2020.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/125/indicacao_77-2020.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/126/indicacao_78-2020.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/127/indicacao_79-2020.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/128/indicacao_80-2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/130/indicacao_81-2020.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/131/indicacao_82-2020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/132/indicacao_83-2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/133/indicacao_84-2020.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/134/indicacao_85-2020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/135/indicacao_86-2020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/136/indicacao_87-2020.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/137/indicacao_88-2020.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/28/resolucao_001-2020.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/121/resolucao_02-2020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/122/resolucao_03-2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/16/requerimento_01-2020.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/18/requerimento_03-2020.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/19/requerimento_04-2020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/20/requerimento_05-2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/21/requerimento_06-2020.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/22/requerimento_07-2020.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/87/requerimento_08-2020.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/88/requerimento_09-2020.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/93/requerimento_10-2020.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/124/requerimento.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/129/requerimento_13-2020.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/144/requerimento_14-2020.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/145/requerimento_15-2020.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/23/portaria_04-2020_-_comissoes_fixas.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/24/projeto_03-2020_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/102/pll_05-2020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/103/pll_06-2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/13/projeto_5-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/14/projeto_6-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/25/projeto_09-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/26/projeto_10-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/123/projeto_lei_17-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/138/projeto_lei_18-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/139/projeto_lei_19-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/140/01-_projeto_no_020-2020-_concessao_direito_real_de_uso_de_bem_imovel.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/141/projeto_lei_21-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/142/projeto_lei_22-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/94/ec_01-2020_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/106/emenda_03.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/107/emenda_04.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/108/emenda_05.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/40/indicacao_no_001-_atualizacao_planos_cargos-domingos.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/41/indicacao_no_002-_construcao_de_pontilhao-_claude_d9o0i6N.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/42/indicacao_no_003-_recapeamento_asfaltico_-marcos__4xJ0JCy.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/43/indicacao_no_004-concessao_predio_publico-__marco_hFi0EeA.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/44/indicacao_no_005-_recuperacao_das_estradas_aparec_4Tcry9h.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/45/indicacao_no_006-_concessao-_santa_lucia-_ademir.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/46/indicacao_no_007-_substituicao_das_lampadas-_domingos.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/47/indicacao_no_008-_aquisicao__container-_tiago.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/48/indicacao_no_009-_redutor_de_velocidade_colegio.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/49/indicacao_no010-_guardar_os_cxarros_na_garagem-_domingos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/50/indicacao_no011-_construcao_de_bueiros_inteligent_gQtt9HC.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/52/indicacao_no013-_encanamento_da_rede_de_agua_gleb_TPXRDrk.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/53/indicacao_no014-_aquisicao_patrulha_-_ildo_ademir_antonio.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/54/indicacao_no015-_coleta_de_embalagem_agrotoxico-__gYFfslw.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/55/indicacao_no016-_recuperacao_da_estrada_sao_jorge-_altair.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/56/indicacao_no017-_construcao_muro-_tiago.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/57/indicacao_no018-_construcao_redutor_velocidade_-_tiago.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/58/indicacao_no019-_construcao_de_redutor__-_marcos.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/29/indicacao_020-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/59/indicacao_no021-_construcao_de_redutor_barra_gran_u3eq7l9.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/60/indicacao_no022-_caminhao_pipa-_claudeci__domingo_7Q3Ty6I.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/61/indicacao_no023-_construcao_calcamento_-altair.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/62/indicacao_no024-_construcao_calcamento-rua_seis__domingos.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/63/indicacao_no025-_construcao_de_parque-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/64/indicacao_no026-_substituicao_da_grama_-_ildo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/65/indicacao_no027-_construcao_de_calcamento-_ademir.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/66/indicacao_no028-_auxilio_-_domingos.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/67/indicacao_no029-_construcao_passarela-_tiago.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/68/indicacao_no030-_coleta_de_lixo_-_tiago.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/69/indicacao_no031-_recuperacao_das_estradas_alto_sa_Vjo7hUQ.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/70/indicacao_no032-hora_maquina-_taisller_tiago.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/72/indicacao_no034-_concessao_trator_santa_terazinha_ildo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/73/indicacao_no035-concessao_predio_publico-__tiago.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/74/indicacao_no036-_perfuracao_de_poco-domingos.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/75/indicacao_no037-_poco_artesiano_linha_freire-_cla_HV8IebJ.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/76/indicacao_no038-_contratacao_medico_pediatra-_marcos.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/77/indicacao_no039-_ampliacao_da_rede_de_agua-_marco_2ZMku1q.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/78/indicacao_no040-_construcao_de_calcadas_sao_domin_FVvQ1KR.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/79/indicacao_no041-_construcao_ponte-_domingos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/80/indicacao_no042-projeto_do_leilao-_ildo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/81/indicacao_no043-_substituicao_de_tubos_sandra-_tiago.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/82/indicacao_no044-_construcao_de_calcadas_rua_adeli_SdPavTW.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/83/indicacao_no045-_conclusao_do_calcamento_-_marcos_dg44ucT.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/30/indicacao_046-2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/31/indicacao_047-2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/32/indicacao_048-2020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/33/indicacao_049-2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/34/indicacao_50-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/89/indicacao_51-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/35/indicacao_52-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/36/indicacao_53-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/37/indicacao_54-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/38/indicacao_55-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/39/indicacao_56-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/84/indicacao_57-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/85/indicacao_58-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/86/indicacao_59-2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/90/indicacao_60-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/91/indicacao_61-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/92/indicacao_62-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/95/indicacao_63-2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/96/indicacao_64-2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/109/indicacao_65-2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/110/indicacao_66-2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/111/indicacao_67-2020.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/112/indicacao_68-2020.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/113/indicacao_69-2020.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/114/indicacao_70-2020.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/115/indicacao_71-2020.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/116/indicacao_72-2020.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/117/indicacao_73-2020.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/119/indicacao_75-2020.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/120/indicacao_76-2020.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/125/indicacao_77-2020.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/126/indicacao_78-2020.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/127/indicacao_79-2020.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/128/indicacao_80-2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/130/indicacao_81-2020.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/131/indicacao_82-2020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/132/indicacao_83-2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/133/indicacao_84-2020.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/134/indicacao_85-2020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/135/indicacao_86-2020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/136/indicacao_87-2020.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/137/indicacao_88-2020.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/28/resolucao_001-2020.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/121/resolucao_02-2020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/122/resolucao_03-2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/16/requerimento_01-2020.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/18/requerimento_03-2020.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/19/requerimento_04-2020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/20/requerimento_05-2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/21/requerimento_06-2020.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/22/requerimento_07-2020.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/87/requerimento_08-2020.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/88/requerimento_09-2020.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/93/requerimento_10-2020.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/124/requerimento.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/129/requerimento_13-2020.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/144/requerimento_14-2020.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/145/requerimento_15-2020.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/23/portaria_04-2020_-_comissoes_fixas.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/24/projeto_03-2020_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/102/pll_05-2020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2020/103/pll_06-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H128"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="124.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="146.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="146" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>