--- v0 (2025-10-01)
+++ v1 (2026-03-08)
@@ -54,1690 +54,1690 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Domingos Alberto Rech</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/659/indicacao_no_001-_-_domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/659/indicacao_no_001-_-_domingos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve de acordo com as normas regimentais, encaminha INDICAÇÃO ao Sr. Caetano Ilair Alievi, Prefeito Municipal de Manfrinópolis, através do setor competente, que tome as providências necessárias para que, o motorista da saúde da Comunidade São Sebastião da Bela Vista ( Barra Grande) cumpra  o seu plantão durante o horário de expediente, na unidade de saúde da comunidade.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Brizola</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/660/indicacao_no_002-_construcao_de_banheiros_proximo_academia.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/660/indicacao_no_002-_construcao_de_banheiros_proximo_academia.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve de acordo com as normas regimentais, encaminha INDICAÇÃO ao Sr. Caetano Ilair Alievi, Prefeito Municipal de Manfrinópolis, através do setor competente, solicitando que tome as providências necessárias no sentido de viabilizar recurso, construção de banheiros (femininos e masculinos) próximo a academia ao ar livre, localizada na Rua Quatorze .</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Claudecir Pegoraro, Marcos Antônio Francisconi</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/661/indicacao_no_003-_recuperacao_da_estrada-_petraski_-claudecir_e__marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/661/indicacao_no_003-_recuperacao_da_estrada-_petraski_-claudecir_e__marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem de acordo com as normas regimentais, encaminha INDICAÇÃO ao Sr. Caetano Ilair Alievi, Prefeito Municipal de Manfrinópolis, ao Sr. Lair Dias, Secretário Municipal do Interior, solicitando o que tomem as providências necessárias no sentido de viabilizar recurso, para recuperação com cascalhamento das estradas da Linha Canarinho até Linha Petraski. Por se tratar de um pedido da comunidade, solicito atendimento urgente nesta indicação.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Marcos Antônio Francisconi, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/662/indicacao_no_004-_aquisicao__maquina_de__costura-_marcos_e_claudecir.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/662/indicacao_no_004-_aquisicao__maquina_de__costura-_marcos_e_claudecir.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem de acordo com as normas regimentais, encaminha INDICAÇÃO ao Sr. Caetano Ilair Alievi, Prefeito Municipal de Manfrinópolis, através do setor competente, que tome as providências necessárias para aquisição de máquina de costura industrial, sendo elas destinadas para empresa Amiel Indústria de Confecção, localizada na Comunidade São Sebastião da Bela Vista (Barra Grande).</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/663/indicacao_no_005-_aquisicao__container-_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/663/indicacao_no_005-_aquisicao__container-_tiago.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve de acordo com as normas regimentais, encaminha INDICAÇÃO ao Sr. Caetano Ilair Alievi, Prefeito Municipal de Manfrinópolis, através do setor competente, que tome as providências necessárias para aquisição e substituições das lixeiras (tambor) por lixeiras contêineres.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Domingos Alberto Rech, Taisller Guimarães da Silva, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/664/indicacao_no_006-_encanamento_da_rede_de_agua_gleba_dos_morros-_domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/664/indicacao_no_006-_encanamento_da_rede_de_agua_gleba_dos_morros-_domingos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para instalação e encanamento da rede de água na Comunidade Gleba dos Morros.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Altair Panzera</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/665/indicacao_no_007-_aquisicao_patrulha-_altair.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/665/indicacao_no_007-_aquisicao_patrulha-_altair.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos junto ao Governo Federal ou Estadual, para aquisição de uma patrulha agrícola, que a mesma seja destinada para as comunidades Alto São João, São João e Canarinho.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Ademir da Rosa, Antônio Pereira</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/666/indicacao_no_008-_recuperacao_da_estrada_freire-_antonio_ademir.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/666/indicacao_no_008-_recuperacao_da_estrada_freire-_antonio_ademir.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para recuperação das estradas da Comunidade Linha Freire até o acesso da Comunidade São Sebastião da Bela Vista (Barra Grande).</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Ademir da Rosa</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/667/indicacao_no_009-_reperacao_de_tubos_ademir_e_antonio.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/667/indicacao_no_009-_reperacao_de_tubos_ademir_e_antonio.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para que veja com urgência a necessidade de se reparar da tubulação das estradas da  na Linha Roncador, próximo a propriedade do senhor Emerson Dal Posso e de mais moradores.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/668/indicacao_no_010-desassoreamento_do_rio-_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/668/indicacao_no_010-desassoreamento_do_rio-_tiago.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos junto ao Governo Federal ou Estadual, para fazer o desassoreamento e regularização do muro de contenção da encosta do Rio Buffon.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/669/indicacao_no_011-_encanamento_da_rede_de_agua_aparecida-_domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/669/indicacao_no_011-_encanamento_da_rede_de_agua_aparecida-_domingos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para instalação e encanamento da rede de água na Comunidade da Linha Aparecida.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/670/indicacao_no_012-_construcao_passarela-_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/670/indicacao_no_012-_construcao_passarela-_tiago.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de uma passarela suspensa sobre o Rio Encantilado, a mesma interliga a rua Vereador Clodomir Chorna ao Centro de Eventos localizado na rua Campo Velho.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Antônio Pereira</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/671/indicacao_no_012-_construcao_passarela-_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/671/indicacao_no_012-_construcao_passarela-_tiago.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de abrigos nos pontos de ônibus, na Comunidade da Linha Canarinho, próximo a propriedade do senhor Varlei Rafain, a fazenda Scopel e próximo a entrada do cemitério.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/672/indicacao_no_014-_construcao_de_parque-_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/672/indicacao_no_014-_construcao_de_parque-_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para construção de um Parque Infantil na Escola Municipal Cecília Meireles, localizada na Comunidade São Sebastião da Bela Vista (Barra Grande).</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Marcos Antônio Francisconi, Taisller Guimarães da Silva</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/673/indicacao_no_015-_academia_santa_terezinha-_taisller_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/673/indicacao_no_015-_academia_santa_terezinha-_taisller_e_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos junto ao Governo Federal ou Estadual, para aquisição de uma academia ao ar livre, para comunidade de Santa Terezinha.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/674/indicacao_no_016-_construcao_pavimentacao_linha_aparecida-_ildo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/674/indicacao_no_016-_construcao_pavimentacao_linha_aparecida-_ildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de pavimentação poliédrica na estrada da Linha Aparecida até a PR 182.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/675/indicacao_no_017-_encanamento_da_rede_de_agua_squina_e_sao_jorge-_domingos_taisller_e_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/675/indicacao_no_017-_encanamento_da_rede_de_agua_squina_e_sao_jorge-_domingos_taisller_e_tiago.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para instalação e encanamento da rede de água nas Comunidades  Linhas São Jorge e Linha Squina.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/676/indicacao_no_018-_construcao_de_pontilhao-_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/676/indicacao_no_018-_construcao_de_pontilhao-_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de um pontilhão sobre o Rio Barra Grande, na Comunidade São Sebastião da Bela Vista ( Barra Grande),próximo as propriedades dos Senhores Alcides Bazotti e Jorge Tonelo.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/677/indicacao_no_019-_construcao_pontilhao_linha_aparecida-_ildo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/677/indicacao_no_019-_construcao_pontilhao_linha_aparecida-_ildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de pontilhão na Comunidade da Linha Aparecida, próximo a propriedade Marcheski.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Claudecir Pegoraro, Domingos Alberto Rech, Marcos Antônio Francisconi, Taisller Guimarães da Silva, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/678/indicacao_no_020-_atendimento_odontologico-_claudecir_domingos_marcos_taisller_e_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/678/indicacao_no_020-_atendimento_odontologico-_claudecir_domingos_marcos_taisller_e_tiago.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de retomar os atendimentos odontológico na Comunidade Santa Luzia.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Taisller Guimarães da Silva</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/679/indicacao_no_021-_recuperacao_das_estradas-_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/679/indicacao_no_021-_recuperacao_das_estradas-_taisller.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de bueiro e recuperação com cascalhamento das estradas da Linha Gleba dos Morros, próximo a propriedade do senhor João Antônio dos Santos e demais moradores.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/680/indicacao_no_022-_construcao_calcamento_e_iluminacao__bairro_campo_velho_ou_centro_novo_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/680/indicacao_no_022-_construcao_calcamento_e_iluminacao__bairro_campo_velho_ou_centro_novo_tiago.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve de acordo com as normas regimentais, encaminha INDICAÇÃO ao Sr. Caetano Ilair Alievi, Prefeito Municipal de Manfrinópolis, através do setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de pavimentação poliédrica e instalação da rede de iluminação pública no Bairro Campo Velho ao Bairro Centro Novo.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/681/indicacao_no_023-_instalacao_da_tubulacao-_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/681/indicacao_no_023-_instalacao_da_tubulacao-_taisller.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido realizar a instalação de bueiros na Rua Ladislau Turski, próximo a propriedade do senhor Valter Favero.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/682/indicacao_no_024-_lombadas_bairro_sao_domingos-_domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/682/indicacao_no_024-_lombadas_bairro_sao_domingos-_domingos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para que determine a construção de dois redutores de velocidade, sendo uma na Avenida São Cristóvão, em local próximo a residência do Senhor Cleonir Gubertt e a outra na Rua Hilda Harnisch local próximo a residência do Senhor Domingos Soster, Bairro São Domingos.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/683/indicacao_no_025-_subsidioo_de_horas_maquinas-_ildo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/683/indicacao_no_025-_subsidioo_de_horas_maquinas-_ildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, solicita o subsidio de horas máquinas para agricultores do município. Os incentivos serão destinados aos produtores rurais que possuam a inscrição de produtor e estejam em dia com a nota de produtor.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/684/indicacao_no_026-_reforma_da_ponte_-_domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/684/indicacao_no_026-_reforma_da_ponte_-_domingos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, para providenciar a reforma da ponte de madeira situada Linha São Jorge, próximo a propriedade do senhor Valdir Kaiper.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Manoel Vanderlei Lopes</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/685/indicacao_no_027-_disponibilizar_carro_sao_joao-_vande.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/685/indicacao_no_027-_disponibilizar_carro_sao_joao-_vande.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias afim de disponibilizar um carro da saúde para atender as demandas das comunidades Alto São João, São João e Canarinho.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/686/indicacao_no_028-_encanamento_da_rede_de_agua_alto_sao_joao-_vande.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/686/indicacao_no_028-_encanamento_da_rede_de_agua_alto_sao_joao-_vande.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para instalação e encanamento da rede de água na Comunidade Linha Alto São João</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Adelar de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/687/indicacao_no_029-_construcao_de_ponte_aparecida-_adelar.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/687/indicacao_no_029-_construcao_de_ponte_aparecida-_adelar.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de uma ponte sobre o rio Arroio Costa, na Comunidade da Linha Aparecida.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/688/indicacao_no_030-_construcao_quadra_coberta_savanhago-_adelar.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/688/indicacao_no_030-_construcao_quadra_coberta_savanhago-_adelar.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, construção de uma quadra poliesportiva coberta na comunidade Savanhago.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Jairo Souza Albino</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/689/indicacao_no_031-_recuperacao_da_estrada_santo_terezinha_-jairo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/689/indicacao_no_031-_recuperacao_da_estrada_santo_terezinha_-jairo.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, solicitando o que tomem as providências necessárias no sentido de viabilizar recurso, para substituição da tubulação já existente, por tubulação de maior diâmetro e recuperação com cascalhamento das estradas da Linha Santa Terezinha, próximo a propriedade do senhor Pedro Zanbam e demais moradores.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/690/indicacao_no_032-_recuperacao_das_estradas_tamadare_-_jairo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/690/indicacao_no_032-_recuperacao_das_estradas_tamadare_-_jairo.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar e recuperação com cascalhamento das estradas das Comunidades Tamandaré Alto e Tamandaré Baixo.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/691/indicacao_no_033-_reforma_ginasio_santa_terezinha-_jairo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/691/indicacao_no_033-_reforma_ginasio_santa_terezinha-_jairo.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscrevena forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para  troca do telhado e a reforma do Ginásio de Esporte da Comunidade de Santa Terezinha.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/692/indicacao_no_034-_limpeza_das_laterais_santa_terezinha-_jairo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/692/indicacao_no_034-_limpeza_das_laterais_santa_terezinha-_jairo.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscrevena forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, para que providencie a limpeza das laterais (acostamento) do calçamento da Comunidade de Santa Terezinha.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/693/indicacao_no_035-_conclusao_calcamento_santa_terezinha_-_jairo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/693/indicacao_no_035-_conclusao_calcamento_santa_terezinha_-_jairo.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, mostrando a necessidade de proceder à conclusão do calçamento da Comunidade Santa Terezinha ate a Comunidade do Plantaltinho  .</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/694/indicacao_no_036-_construcao_cobertura_campo_eca_de_queiros-_adelar.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/694/indicacao_no_036-_construcao_cobertura_campo_eca_de_queiros-_adelar.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para construção de uma cobertura no campo da Escola Municipal Eça de Queiros.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/695/indicacao_no_037-_construcao_ponto_de_onibus-_adelar.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/695/indicacao_no_037-_construcao_ponto_de_onibus-_adelar.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para construção de abrigos  nos pontos de ônibus nos locais de embarque e desembarque dos alunos que utilizam do transporte Escolar municipal.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/696/indicacao_no_038-_recuperacao_das_estradas_alto_sao_joao_-vande.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/696/indicacao_no_038-_recuperacao_das_estradas_alto_sao_joao_-vande.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, no sentido de viabilizar recurso, para recuperação e cascalhamento das estradas da Linha Alto São João, próximo a propriedade do senhor Alcides dos Santos e demais moradores.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/697/indicacao_no_039-_recuperacao_das_estradas_tancredo_-vande.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/697/indicacao_no_039-_recuperacao_das_estradas_tancredo_-vande.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, no sentido de viabilizar recurso, para recuperação e cascalhamento das estradas da Linha Tancredo Benghi.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/698/indicacao_no_040-_substituicao_de_tubos_sao_joao-_vande.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/698/indicacao_no_040-_substituicao_de_tubos_sao_joao-_vande.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja feita a substituição da tubulação já existente, por tubulação de maior diâmetro na comunidade Linha São João, próximo as propriedades dos senhores Jaime Blasio e Leumar Greffe.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/699/indicacao_no_041_-iluminacao_campo__alto_sao_joao-_vande.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/699/indicacao_no_041_-iluminacao_campo__alto_sao_joao-_vande.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, no sentido de viabilizar recurso,  para instalação de refletores no campo de futebol localizado na comunidade Linha Alto São João.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/700/indicacao_no_042-construcao_de_um_campo-_vande.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/700/indicacao_no_042-construcao_de_um_campo-_vande.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, no sentido de viabilizar recurso, construção de um campo de futebol suíço, próximo a propriedade do senhor Décio na Comunidade Savanhago.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/701/indicacao_no_043-_aquisicao_saco_para_coletas_reciclavel-_ademir.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/701/indicacao_no_043-_aquisicao_saco_para_coletas_reciclavel-_ademir.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para aquisição bolsas para coleta de materiais recicláveis.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/702/indicacao_no_044-_alargamento_das_estradas_aparecida_e__savanhago-_adelar.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/702/indicacao_no_044-_alargamento_das_estradas_aparecida_e__savanhago-_adelar.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, para realizar o alargamento das estradas da Comunidade linha Savanhago até a Comunidade Linha Aparecida.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/703/indicacao_no_045-_recuperacao_das_estradas_aparecida_-adelar.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/703/indicacao_no_045-_recuperacao_das_estradas_aparecida_-adelar.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, no sentido de viabilizar recurso, para recuperação e cascalhamento das estradas da Comunidade Linha Aparecida, próximo a propriedade do senhor Adolfo Britto, abrir  a estrada de  acesso  a propriedade do senhor  Edemar de Britto .</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/704/indicacao_no_046-_recuperacao_das_estradas-_jairo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/704/indicacao_no_046-_recuperacao_das_estradas-_jairo.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso substituição da tubulação já existente, por tubulação de maior diâmetro , próximo a propriedade do senhor  Valdo de Lima  e a recuperação com cascalhamento das estradas da Linha Três de Maio , próximo a propriedade do senhor Pedro Viccari e demais moradores</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/705/indicacao_no_047-_recuperacao_das_estradas_gleba_-vande.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/705/indicacao_no_047-_recuperacao_das_estradas_gleba_-vande.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, no sentido de viabilizar recurso, para recuperação e cascalhamento das estradas da Comunidade Linha Gleba dos Morros, próximo a propriedade do senhor Orlando Gonçalves dos Santos.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/706/indicacao_no_048-_curso_tratorista_-_ademir.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/706/indicacao_no_048-_curso_tratorista_-_ademir.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias afim de realizar curso e treinamento de tratorista. O curso visa formar e qualificar tecnicamente agricultores e servidores públicos para a operação e manutenção preventiva de máquinas e implementos agrícolas, com qualidade e segurança.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/707/indicacao_no_049-_substituicao_de_tubos_santo_antonio-_vande.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/707/indicacao_no_049-_substituicao_de_tubos_santo_antonio-_vande.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja feita a substituição da tubulação já existente, por tubulação de maior diâmetro na comunidade Linha Santo Antônio, próximo a propriedade do senhor Pedro Schell.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/708/indicacao_no_050-_recuperacao_das_estradas_canarinho_-vande_-.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/708/indicacao_no_050-_recuperacao_das_estradas_canarinho_-vande_-.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, no sentido de viabilizar recurso, para recuperação e cascalhamento das estradas da Comunidade Linha Canarinho, próximo as propriedades da senhora Rosa Minatti, Jocie da Silva e demais moradores.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/709/indicacao_no_051-_redutor_de_velocidade_sao_joao-_vande.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/709/indicacao_no_051-_redutor_de_velocidade_sao_joao-_vande.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para que determine a construção de um redutor de velocidade, próximo a residências do senhor José Chorna e o senhor  Laudemir Chorna ( Müller), na comunidade Linha São João.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/710/indicacao_no_052-_recuperacao_das_estradas__sao_joao_-vande.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/710/indicacao_no_052-_recuperacao_das_estradas__sao_joao_-vande.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, no sentido de viabilizar recurso, para recuperação e cascalhamento das estradas da Linha São João, próximo as propriedades do senhor Artidor  dos Santos, senhor Leodonio Pires e demais moradores.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/711/indicacao_no_053-_substituicao_de_tubos_beto_turski-_adelar.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/711/indicacao_no_053-_substituicao_de_tubos_beto_turski-_adelar.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja feita a substituição da tubulação já existente, por tubulação de maior diâmetro, próximo a propriedade do senhor Roberto Turski e próximo a Capela Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Marcos Antônio Francisconi</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/712/indicacao_no_054-_contratacao_medico_pediatra-_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/712/indicacao_no_054-_contratacao_medico_pediatra-_marcos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, cooperando com esta Administração, solicita ao Chefe do Poder Executivo Municipal estudo de viabilidade para a_x000D_
 contratação de um médico pediatra para estar atendendo na unidade de saúde do município.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/713/indicacao_no_055-_distribuicao_residuo_asfaltico-_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/713/indicacao_no_055-_distribuicao_residuo_asfaltico-_taisller.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, cooperando com esta Administração, solicita ao Chefe do Poder Executivo Municipal , para que seja realizado a entrega de resíduo asfáltico para todos os produtores rurais do nosso município</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/714/indicacao_no_056-_construcao_area_de_escape_-_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/714/indicacao_no_056-_construcao_area_de_escape_-_tiago.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido solicitar junto ao DER, a construção de duas áreas de escape na PR182, para que os veículos de grande porte possam usar como refúgio caso o sistema de frenagem pare de funcionar.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/715/indicacao_no_057-_construcao_de_tubulacao-marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/715/indicacao_no_057-_construcao_de_tubulacao-marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de bueiros na Rua  Setenta e Nove, Bairro São Domingos próximo as propriedades da senhora Alceni de Fatima da Rosa Batista, senhor Márcio Thomas e demais moradores .</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/716/indicacao_no_058-_cascalhamneto_e_limpeza__bona-_altair.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/716/indicacao_no_058-_cascalhamneto_e_limpeza__bona-_altair.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, recuperação e cascalhamento e a limpeza da estrada de acesso a propriedade do senhor Severino de Goes (Dico) e demais moradores.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Marcos Antônio Francisconi, Taisller Guimarães da Silva, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/717/indicacao_no_059-_subsidio_agente_de_saude-_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/717/indicacao_no_059-_subsidio_agente_de_saude-_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para subsidiar os custos de locomoção dos Agentes Comunitários de Saúde.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/718/indicacao_no_060-_instalacao_ar-_condicionado-_ildo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/718/indicacao_no_060-_instalacao_ar-_condicionado-_ildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias, aquisição e instalação de ares-condicionados na Casa Mortuária Municipal de Manfrinópolis.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/719/indicacao_no_061-_recuperacao_das_estradas_linha_terezinha.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/719/indicacao_no_061-_recuperacao_das_estradas_linha_terezinha.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, no sentido de viabilizar recurso, para recuperação e cascalhamento da estrada de acesso a propriedade Getúlio Duarte, localizada na comunidade Santa Terezinha.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/720/indicacao_no_062-_substituicao_de_tubos_barra_grande-_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/720/indicacao_no_062-_substituicao_de_tubos_barra_grande-_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja feita a substituição da tubulação já existente, por tubulação de maior diâmetro na comunidade Sebastião da Bela Vista ( Barra Grande), próximo a propriedade da senhora Maria de Oliveira.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/721/indicacao_no_063-_construcao_quadra_esportiva_-_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/721/indicacao_no_063-_construcao_quadra_esportiva_-_tiago.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso junto ao Governo Federal ou Estadual, pra construção de uma quadra society com grama sintética.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/722/indicacao_no_064-_retorno_dos_festivais-_domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/722/indicacao_no_064-_retorno_dos_festivais-_domingos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para retomada dos festivais de música em nosso município.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Altair Panzera, Brizola</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/724/indicacao_no_066-_construcao_tumulos_-domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/724/indicacao_no_066-_construcao_tumulos_-domingos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para construção de túmulos em gavetas (verticais), nos cemitérios da cidade e interior,  com objetivo de beneficiar as famílias de baixa renda sem condições de arcar com as despesas de construção de túmulo.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/725/indicacao_no_067-_reforma_doa_brinquedos_parque-_altair.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/725/indicacao_no_067-_reforma_doa_brinquedos_parque-_altair.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para substituição da areia e a reforma geral dos brinquedos do parquinho, localizado no Bairro Campo Velho.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Ademir da Rosa, Brizola</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/726/indicacao_no_068-_concessao_de_uso_gleba_dos_morros-_ademir_e_ildo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/726/indicacao_no_068-_concessao_de_uso_gleba_dos_morros-_ademir_e_ildo.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, para que após estudo e projeto de viabilidade destine para Associação da Santa Luzia, através de concessão de direito real de uso da carreta agrícola.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/727/indicacao_no_069-_fixacao_de_placas-_ildo_e_ademir.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/727/indicacao_no_069-_fixacao_de_placas-_ildo_e_ademir.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, solicitando-lhe total empenho no intuito de definição para fixação de placa de sinalizado seis quilômetros em declive na PR 182, próximo a fazenda Zancanaro.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/728/indicacao_no_070-_construcao_calcamento_e_muro_de_arrimo-_domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/728/indicacao_no_070-_construcao_calcamento_e_muro_de_arrimo-_domingos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de pavimentação poliédrica e muro de arrimo na rua Ernesto Panzera, próximo a propriedade do senhor Pedro Soster e demais moradores.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Ademir da Rosa, Altair Panzera, Antônio Pereira, Brizola</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/729/indicacao_no_071-_recapeamento_asfaltico_-_ildo_antonio_ademir_e_altair.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/729/indicacao_no_071-_recapeamento_asfaltico_-_ildo_antonio_ademir_e_altair.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, recapeamento asfáltico no referido trecho da PR – 483 até a comunidade São Sebastião da Bela Vista (Barra Grande).</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/730/indicacao_no_072-_instalacao_de_dois_cortornos-autoria_domingos_alberto_rech.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/730/indicacao_no_072-_instalacao_de_dois_cortornos-autoria_domingos_alberto_rech.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente para Construção de dois contornos na Avenida São Cristóvão, um frente ao posto de combustível e outro frente ao Mercado Carniel.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/731/indicacao_no_073-_sinalizacao_asfaltico_-marcos_e_claudecir.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/731/indicacao_no_073-_sinalizacao_asfaltico_-marcos_e_claudecir.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para realização demarcação e pintura das faixas indicativas de sinalização horizontal da vicinal, no referido trecho da PR – 483 até a comunidade São Sebastião da Bela Vista (Barra Grande).</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/732/indicacao_no_074-_poco_artesiano_linha_freire-_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/732/indicacao_no_074-_poco_artesiano_linha_freire-_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja feita a perfuração de um Poço Artesiano na comunidade da Linha Freire, assim atendendo as necessidades dos moradores das Comunidades Cabeceira do Barra Grande e Linha Freire.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Altair Panzera, Domingos Alberto Rech</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/733/indicacao_no_075-_lombadas_ernesto_panzera-_domingos_-.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/733/indicacao_no_075-_lombadas_ernesto_panzera-_domingos_-.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para que determine a construção de três redutores de velocidade, sendo um na Rua Ernesto Panzera, local próximo a Escola Municipal Eça de Queiros, outro  dois na Rua Adélia Guimarães, em local próximo a residência da senhora  Tereza dos Santos e demais moradores e  outro próximo Lanchonete Parada do Lanche e demais moradores.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/734/indicacao_no_076-_construcao_de_calcadas_-_marcos_e_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/734/indicacao_no_076-_construcao_de_calcadas_-_marcos_e_tiago.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias, solicitando a construção de calçadas na Rua Valter Francisco Manfrin.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/735/indicacao_no_077-_limpeza_bebedouro_barra_grande_domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/735/indicacao_no_077-_limpeza_bebedouro_barra_grande_domingos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, para que providencie a limpeza do bebedouro localizado na propriedade do Senhor Gilberto de Oliveira na Comunidade do São Sebastião da Bela Vista (Barra Grande).</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/736/indicacao_no_078-_limpeza_do_rio_aparecida-_altair.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/736/indicacao_no_078-_limpeza_do_rio_aparecida-_altair.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, mostrando a premente necessidade de providenciar a limpeza das margens do Rio Aparecida, neste município.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/737/indicacao_no_079-_recuperacao_da_estrada_rio_tunal-_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/737/indicacao_no_079-_recuperacao_da_estrada_rio_tunal-_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, solicitando o que tomem as providências necessárias no sentido de viabilizar recurso, para recuperação e cascalhamento das estradas Comunidade Linha Rio Tunal, priorizando a estrada da propriedade do senhor Luiz Carlos Ries.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/738/indicacao_no_080-_usar_o_caminhao_leiao-_ildo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/738/indicacao_no_080-_usar_o_caminhao_leiao-_ildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, para colocar disposição da população de Manfrinópolis, o caminhão Ford F 14000 HD e o tanque Tecnofrio 2012, para que realize a  distribuição de água nas propriedades que estão sofrendo com a estiagem dos últimos meses.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Domingos Alberto Rech, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/739/indicacao_no_081-_construcao__e_muro_de_arrimo-_domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/739/indicacao_no_081-_construcao__e_muro_de_arrimo-_domingos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de muro de contenção no rio Aparecida, próximo a propriedade do senhor Evaldo Thomas e demais moradores.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/740/indicacao_no_082-_curso_mecanica_e_eletricista_tiago_e_domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/740/indicacao_no_082-_curso_mecanica_e_eletricista_tiago_e_domingos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, para que realize parceria com empresa de cursos profissionalizantes, para oferecer para nossa população, cursos de eletricista e mecânica.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/741/indicacao_no_083-_numeracao_das_casas-_ildo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/741/indicacao_no_083-_numeracao_das_casas-_ildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, solicitando o que tomem as providências para regulamentar a numeração das casas, terrenos, empresas e escritórios localizados no perímetro urbano do município</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/742/indicacao_no_084-__conclusao_de_calcamento-_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/742/indicacao_no_084-__conclusao_de_calcamento-_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, mostrando a necessidade de construir um abrigo  no ponto de ônibus e  concluir o calçamento na Linha Três de Maio, local próximo a Igreja Congregação Cristão do Brasil até  propriedade do Senhor José Tavares de Lima.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/743/indicacao_no_085-_construcao_passarela-_domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/743/indicacao_no_085-_construcao_passarela-_domingos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de uma passarela suspensa sobre o Rio Encantilado, no Bairro São Domingos final Rua Nove.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/744/indicacao_no_086-_atualizacao_planos_cargos-tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/744/indicacao_no_086-_atualizacao_planos_cargos-tiago.pdf</t>
   </si>
   <si>
     <t>Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias, solicitando a atualização dos planos de cargos e salários e a revisão dos vencimentos básicos de todos os servidores públicos municipais. Tendo em vista a média salarial regional e os pisos salariais dos profissionais do Brasil, a fim de comunicar que as leis nº529/2014, nº 0565/2015, nº 0598/2016, nº 0654/2017 e nº 0648/2017, referente ao Quadro Único dos Servidores,  estão disponível no Portal da Transparência e seu acesso é através do link: http://www.manfrinopolis.pr.leg.br/transparencia/atos/leis.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Claudecir Pegoraro, Domingos Alberto Rech, Marcos Antônio Francisconi</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/745/indicacao_no_087-_construcao_calcamento__claudecir_marcos_e_domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/745/indicacao_no_087-_construcao_calcamento__claudecir_marcos_e_domingos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de pavimentação poliédrica na Comunidade São Sebastião da Bela Vista (Barra Grande) até a Comunidade Canarinho.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/746/indicacao_no_088-_usar_pa_carregadeira-_domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/746/indicacao_no_088-_usar_pa_carregadeira-_domingos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, para que disponibilize a Pá Carregadeira New Holland 12 B 4 x4, para que realize a limpeza bebedouros no interior do município</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/747/indicacao_no_090-_conclusao_calcamento-_oli.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/747/indicacao_no_090-_conclusao_calcamento-_oli.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, solicitando o que tomem as providências necessárias no sentido de viabilizar recurso, para construção de bueiros próximo a propriedade da senhora Ana dos Santos, e recuperação com cascalhamento das estradas da Linha Santo Antônio próximo a propriedade dos senhores Jacó Zanella e   Osmar Dultra e demais moradores.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/748/indicacao_no_090-_conclusao_calcamento-_oli.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/748/indicacao_no_090-_conclusao_calcamento-_oli.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, mostrando a necessidade de proceder à conclusão pavimentação poliédrica  da Rua Avelino Alvicio Thomas próximo a propriedade  do Senhor Adelar Dalle Lastre   .</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/749/indicacao_no_091-_academia_santa_luzia__domingos_claudecir.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/749/indicacao_no_091-_academia_santa_luzia__domingos_claudecir.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos junto ao Governo Federal ou Estadual, para aquisição de uma academia ao ar livre, a ser implantada na  Comunidade da Linha  Santa Luzia.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/750/indicacao_no_092-_construcao_de_calcadas_sao_domingos-_domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/750/indicacao_no_092-_construcao_de_calcadas_sao_domingos-_domingos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias, solicitando a construção de calçadas no Bairro São Domingos, nas Ruas Cinco, Oito e Nove.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias, solicitando a construção de calçadas e muro de arrimo na Rua Adelia Guimarães da Silva, próximo a Lanchonete Parada do Lanche, da Senhora Ines Schissel e demais moradores.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>Paulo Jozias Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/752/indicacao_no_094-_disponibilizar_carro_santa_terezinha-_paulo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/752/indicacao_no_094-_disponibilizar_carro_santa_terezinha-_paulo.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, fazer a substituição do carro tipo Corsa lotado na Secretaria de Saúde, por um carro tipo Camionete Picape Mitsubishi L 200 para atender as demandas da comunidade Santa Terezinha</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/753/indicacao_no_095-_construcao_de_um_abatedouro_municipal-_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/753/indicacao_no_095-_construcao_de_um_abatedouro_municipal-_tiago.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias, solicitando a construção de um Abatedouro Municipal.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/754/indicacao_no_096-_construcao_de_calcadas_e_calcamento-_domingos_alberto.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/754/indicacao_no_096-_construcao_de_calcadas_e_calcamento-_domingos_alberto.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias, solicitando a construção de pavimentação poliédrica e calçadas na Rua Ernesto Panzera próximo a propriedade do Senhor Valdery Quadros e demais moradores</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/755/indicacao_no_097-_reforma_da_cabeceira_linha_roncador-_antonio.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/755/indicacao_no_097-_reforma_da_cabeceira_linha_roncador-_antonio.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias, solicitando a reforma da cabeceira da ponte, localizada na entrada da Comunidade Linha Roncador.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/756/indicacao_no_099-_colocacao_de__insulfilm-marcos_e_claudecir.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/756/indicacao_no_099-_colocacao_de__insulfilm-marcos_e_claudecir.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para Contratação de Seguro para frota escolar e os veículos da saúde.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/757/indicacao_no_099-_colocacao_de__insulfilm-marcos_e_claudecir.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/757/indicacao_no_099-_colocacao_de__insulfilm-marcos_e_claudecir.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para colocação de isulfime ou cortinas em toda frota de ônibus do município.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/758/indicacao_no_100-_pavimentacao__asfaltico_-_domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/758/indicacao_no_100-_pavimentacao__asfaltico_-_domingos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para pavimentação asfáltica na PR- 182 (saída pra Comunidade Linha São Jorge) até ao pátio de máquinas da prefeitura.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/759/indicacao_no_101-_contratacao_de_seguro-marcos_e_claudecir.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/759/indicacao_no_101-_contratacao_de_seguro-marcos_e_claudecir.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para Contratação de Seguro para os bens patrimoniais imóveis do município.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/760/indicacao_no_102-_construcao_de_calcamento-_domingos_alberto.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/760/indicacao_no_102-_construcao_de_calcamento-_domingos_alberto.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias, solicitando a construção de pavimentação poliédrica na Rua Seis próximo as propriedades da Senhora Lucia Justimiano , Senhor Nelson Cordeiro e demais moradores</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/761/indicacao_no103-_orientacao_para_motorista-_domingos_taisller_e_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/761/indicacao_no103-_orientacao_para_motorista-_domingos_taisller_e_tiago.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de orientar os motoristas da educação, para que estacionem os ônibus em um só lado da rua, visando a trafegabilidade de outros veículos.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/762/indicacao_no104-_guardar_os_cxarros_na_garagem-_domingos_taisller_e_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/762/indicacao_no104-_guardar_os_cxarros_na_garagem-_domingos_taisller_e_tiago.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para que todos os carros( excetos os carros de plantão)  da prefeitura sejam recolhidos no pátio de máquinas logo após expediente.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/763/indicacao_no105-concessao_predio_publico-__ildo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/763/indicacao_no105-concessao_predio_publico-__ildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de conceder em regime concessão de uso o prédio localizado na linha Savanhago para o Senhor Paulo Freire e, para implantação de uma fábrica de embutidos.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Claudecir Pegoraro, Marcos Antônio Francisconi, Taisller Guimarães da Silva</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/765/indicacao_no107-_recuperacao_do_calcamento_da_linha_santa_terezinha_-_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/765/indicacao_no107-_recuperacao_do_calcamento_da_linha_santa_terezinha_-_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, no sentido de viabilizar recurso, para recuperação do calçamento da Comunidade da Linha Santa Terezinha.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/766/indicacao_no107-_recuperacao_do_calcamento_da_linha_santa_terezinha_-_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/766/indicacao_no107-_recuperacao_do_calcamento_da_linha_santa_terezinha_-_marcos.pdf</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/767/indicacao_no108-_guardar_os_equipamentos__emaquinas_na_garagem-_ildo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/767/indicacao_no108-_guardar_os_equipamentos__emaquinas_na_garagem-_ildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para que todos os equipamentos agrícolas e maquinas pesadas, da Secretaria de Agricultura sejam recolhidos em local coberto após expediente.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/768/indicacao_no109-_poco_artesiano_roncador-_antonio.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/768/indicacao_no109-_poco_artesiano_roncador-_antonio.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja feita a perfuração de um Poço Artesiano na Comunidade da Linha Roncador, assim atendendo as necessidades dos moradores das Comunidades Linha Roncador e Linha Alto São João.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/769/indicacao_no110-_distribuicao_residuo_asfaltico-_domingos_e_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/769/indicacao_no110-_distribuicao_residuo_asfaltico-_domingos_e_tiago.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para recuperação e cascalhamento Rua Avelino Alvicio Thomas próximo a propriedade do Senhor Adelar Dalle Lastre e demais moradores.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/770/indicacao_no111-_distribuicao_residuo_asfaltico-_domingos_e_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/770/indicacao_no111-_distribuicao_residuo_asfaltico-_domingos_e_tiago.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de conceder em regime concessão de uso o espaço público para implantação da Feira do Agricultor, localizado na Avenida São Cristóvão.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/771/indicacao_no112-_construcao__banheiro_-_domingos_-_para_mesclagem.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/771/indicacao_no112-_construcao__banheiro_-_domingos_-_para_mesclagem.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, e secretaria de Ação Social através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para construção de um banheiro na propriedade da senhora Nelcinda Borges localizado na Comunidade da Linha São Jorge.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/772/indicacao_no113-recuperacao_cascalhamento-__beto_turski-domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/772/indicacao_no113-recuperacao_cascalhamento-__beto_turski-domingos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para recuperação do calçamento  e a substituição da tubulação já existente, por tubulação de maior diâmetro, próximo a propriedade do senhor Roberto Turski e demais moradores.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/631/requerimento_no_001-_licenca_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/631/requerimento_no_001-_licenca_tiago.pdf</t>
   </si>
   <si>
     <t>O vereador TIAGO APARECIDO THOMAS infra-assinado, Do partido PSC, com assento nesta Casa de Leis, vem à presença de Vossa Excelência, em conformidade com os artigo 21 e seguintes do Regimento Interno e artigo 38, inciso III, da Lei Orgânica do Município, submeter ao Egrégio Plenário o presente REQUERIMENTO DE LICENÇA, pelo período de trinta dias, a contar do dia 01 de abril de 2019 a 30 de abril de 2019 para tratar, sem remuneração, de interesse particular.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/633/requerimento_no_002-_licenca_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/633/requerimento_no_002-_licenca_marcos.pdf</t>
   </si>
   <si>
     <t>O vereador MARCOS ANTÔNIO FRANCISCONI infra-assinado, Do partido DEM, com assento nesta Casa de Leis, vem à presença de Vossa Excelência, em conformidade com os artigo 21 e seguintes do Regimento Interno e artigo 38, inciso III, da Lei Orgânica do Município, submeter ao Egrégio Plenário o presente REQUERIMENTO DE LICENÇA, pelo período de trinta dias, a contar do dia 01 de abril de 2019 a 30 de abril de 2019 para tratar, sem remuneração, de interesse particular.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>Claudecir Pegoraro</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/634/requerimento_no_003-_licenca_claudecir.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/634/requerimento_no_003-_licenca_claudecir.pdf</t>
   </si>
   <si>
     <t>O vereador CLAUDECIR PEGORARO infra-assinado, Do partido PDT, com assento nesta Casa de Leis, vem à presença de Vossa Excelência, em conformidade com os artigo 21 e seguintes do Regimento Interno e artigo 38, inciso III, da Lei Orgânica do Município, submeter ao Egrégio Plenário o presente REQUERIMENTO DE LICENÇA, pelo período de trinta dias, a contar do dia 01 de abril de 2019 a 30 de abril de 2019 para tratar, sem remuneração, de interesse particular.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/636/requerimento_no_004-_justificativa_de_falta-ademir.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/636/requerimento_no_004-_justificativa_de_falta-ademir.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
  Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por motivo de doença não pode ser fazer presente, à Sessão Ordinária do dia 18 de março do corrente ano, com base no Artigo 20 e Parágrafo Único do Regimento Interno da Câmara.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/637/requerimento_no_005-_informacao_reurb-taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/637/requerimento_no_005-_informacao_reurb-taisller.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
 Encaminhe expediente ao Excelentíssimo Senhor Prefeito Municipal Caetano Ilair Alievi, solicitando informação referente a implantação REURB (Regularização Fundiária Urbana).</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/638/requerimento_no_006-_convocacao_altair_teixeira-_domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/638/requerimento_no_006-_convocacao_altair_teixeira-_domingos.pdf</t>
   </si>
   <si>
     <t>Requeiro, conforme capt. do art. 279, do Regimento Interno, que, ouvido o Plenário, se digne adotar as providências necessárias à Convocação do, Sr. José Altair Teixeira Diretor do departamento de esportes, para comparecer ao Plenário da Câmara de Vereadores a fim de fazer a prestação de contas referente ao ano de 2018.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/639/requerimento_no_007-_justificativa_de_falta-_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/639/requerimento_no_007-_justificativa_de_falta-_marcos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
 Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por motivo de falecimento de um familiar não pode ser fazer presente, à Sessão Ordinária do dia 10 de junho do corrente ano, com base no Artigo 20 e Parágrafo Único do Regimento Interno da Câmara.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/640/requerimento_no_008-informacao_sobre_a_academia_ao_livre.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/640/requerimento_no_008-informacao_sobre_a_academia_ao_livre.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
 Informação sobre a Academia ao ar livre comtemplada através do Governo do Estado, destinada para o Bairro Centro Novo. Quando será feita a instalação? Por quais motivos não houve a instalação e qual o local do armazenamento dos equipamentos?</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/641/requerimento_no_009-_pedido_de_informacao_ao_engenheiro_prefeitura_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/641/requerimento_no_009-_pedido_de_informacao_ao_engenheiro_prefeitura_taisller.pdf</t>
   </si>
   <si>
     <t>Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
  - Relatório técnico do Engenheiro Civil concursado da Prefeitura, realizando levantamento do que foi executado no Processo Licitatório nº 01/2017, levando em consideração todos os itens da Tomada de Preços (meio fio, calçadas, pedras irregulares, etc.)._x000D_
  Ressaltando que cópia desse relatório será enviado ao Ministério Público para verificação das inconformidades já verificadas in loco, sendo que não foram apresentadas as medidas tomadas pelo poder executivo para correção da execução desse projeto.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/642/requerimento_no_010_-_pedido_de_informacao-_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/642/requerimento_no_010_-_pedido_de_informacao-_taisller.pdf</t>
   </si>
   <si>
     <t>Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
 -Informação qual o funcionário público, que realizou as medições das linhas de ônibus para o ano de 2017.Aguardo a resposta deste por escrito, solicito que seja convocado a Srª Secretaria de Educação, afim de prestar esclarecimento.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/643/requerimento_no_011-_justificativa_de_falta-ildo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/643/requerimento_no_011-_justificativa_de_falta-ildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
                     Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por motivo do incidente ocorrido com trato da Associação Gleba dos Morros, não   pode ser fazer presente, à Sessão Ordinária do dia 12 de agosto do corrente ano.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/644/requerimento_no_012-_pedido_de_informacao-_associacao___taisller_-.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/644/requerimento_no_012-_pedido_de_informacao-_associacao___taisller_-.pdf</t>
   </si>
   <si>
     <t>Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
 		      -Informação referente Associação de Catadores de Materiais Recicláveis de Manfrinópolis._x000D_
 •	Quem é o servidor responsável para acompanhar as atividades da Associação? _x000D_
 •	 Qual é o servidor cedido para conduzir o caminhão da Associação?</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/645/requerimento_no_013-_pedido_de_informacao-___taisller_-.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/645/requerimento_no_013-_pedido_de_informacao-___taisller_-.pdf</t>
   </si>
   <si>
     <t>Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
 		      -Informação através de relatório completo das faturas da Companhia Paranaense de Energia (COPEL), agrupadas e discriminativas das unidades consumidoras dos Prédios Públicos, dos últimos seis meses.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/646/requerimento_no_014-_aquisicao_de_imovel_-_ademir_da_rosa.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/646/requerimento_no_014-_aquisicao_de_imovel_-_ademir_da_rosa.pdf</t>
   </si>
   <si>
     <t>Vereador que o presente subscreve, nos termos legais e regimentais, apresenta o presente requerimento, requerendo a aprovação do plenário e remessa ao Poder Executivo:_x000D_
 _x000D_
 		      A Comunidade de Santo Antônio do Divisor desde a fundação do Município foi beneficiada com a perfuração de 06 (seis) poços artesianos, destes, 05 (cinco) secaram, o único poço atualmente existente está localizado à aproximadamente 03 km e possui dificuldades de bombeamento de água para a Comunidade, causando assim constantes faltas de água._x000D_
 			O sr. Alcir Nesi é proprietário de um poço artesiano que bombeia em torno de 30.000 litros por dia de água, quantidade essa que era utilizada para a manutenção dos aviários de sua propriedade, com o encerramento das atividades o referido poço se tornou ocioso._x000D_
 			Dessa forma, requer que o Poder Executivo busque alternativas para aquisição do referido poço para que possa ser utilizado pelas Comunidades de Santo Antônio do Divisor e São João e dessa forma</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/647/requerimento_no_015-_pedido_de_informacao_limpeza_dos_bebedouros-_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/647/requerimento_no_015-_pedido_de_informacao_limpeza_dos_bebedouros-_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, nos termos legais e regimentais apresentam o presente requerimento, sobre a aprovação do plenário e remessa ao Poder Executivo para:	_x000D_
 		       - Relatório completo com as seguintes informações: quais as comunidades e agricultores que foram beneficiados com a limpezas dos bebedouros. Qual o cronograma para as próximas comunidades?</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/648/requerimento_no_016-_pedido_de_informacao_posto_de_saude-_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/648/requerimento_no_016-_pedido_de_informacao_posto_de_saude-_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>Vereadores que os presente subscrevem, nos termos legais e regimentais apresenta o presente requerimento, requerendo a aprovação do plenário e remessa ao Poder Executivo:		 _x000D_
 	Informação sobre a construção da unidade nova do Posto de Saúde da Comunidade São Sebastião da Bela Vista (Barra Grande).  Qual o motivo da paralização das obras? Qual a previsão da conclusão e entrega da unidade para população?</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/649/requerimento_no_017-_retorno_do_onibus-taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/649/requerimento_no_017-_retorno_do_onibus-taisller.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, nos termos legais e regimentais apresentam o presente requerimento, sobre a aprovação do plenário e remessa ao Poder Executivo para:		 _x000D_
 	Criação de um projeto de lei para transporte público do interior do município de Manfrinópolis, abrangendo todas as comunidades, sendo elas São José do Tamandaré, Santa Terezinha, Três de Maio, Rio Tunal, Castelo Branco, Bom Jesus, Barra Grande, Santa Luzia, São João, Alto São João, Trancredo Benguer, Santo Antônio Divisor, Aparecida, Savanhago, São Jorge, até a Cidade, para beneficiar pessoas que vem realizar exames, consultas, compras no comércio local e trabalho em industrias, comércio e no setor público da administração.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/650/requerimento_no_018-_licenca_ademir.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/650/requerimento_no_018-_licenca_ademir.pdf</t>
   </si>
   <si>
     <t>O vereador ADEMIR DA ROSA infra-assinado, Do partido PV, com assento nesta Casa de Leis, vem à presença de Vossa Excelência, em conformidade com os artigo 21 e seguintes do Regimento Interno e artigo 38, inciso III, da Lei Orgânica do Município, submeter ao Egrégio Plenário o presente REQUERIMENTO DE LICENÇA, pelo período de trinta dias, a contar do dia 01 de outubro de 2019 a 31 de outubro de 2019 para tratar, sem remuneração, de interesse particular.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/651/requerimento_no_019-_justificativa_de_falta-_altair.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/651/requerimento_no_019-_justificativa_de_falta-_altair.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
                     Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, estava participando do treinamento para operadores na cidade de Curitiba- PR, não   pode ser fazer presente, à Sessão Ordinária do dia 18 de novembro do corrente ano.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/652/requerimento_no_020-_licenca_altair.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/652/requerimento_no_020-_licenca_altair.pdf</t>
   </si>
   <si>
     <t>O vereador ALTAIR PANZERA infra-assinado, Do partido PP, com assento nesta Casa de Leis, vem à presença de Vossa Excelência, em conformidade com os artigo 21 e seguintes do Regimento Interno e artigo 38, inciso III, da Lei Orgânica do Município, submeter ao Egrégio Plenário o presente REQUERIMENTO DE LICENÇA, pelo período de trinta dias, a contar do dia 01 de outubro de 2019 a 31 de outubro de 2019 para tratar, sem remuneração, de interesse particular.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/653/requerimento_no_021-_justificativa_de_falta-_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/653/requerimento_no_021-_justificativa_de_falta-_tiago.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
                     Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, por problemas mecânicos no veículo, não   pode ser fazer presente, à Sessão Ordinária do dia 18 de novembro do corrente ano.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/654/requerimento_no_019-_licenca_ildo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/654/requerimento_no_019-_licenca_ildo.pdf</t>
   </si>
   <si>
     <t>O vereador ILDO TOBALDINI infra-assinado, Do partido PP, com assento nesta Casa de Leis, vem à presença de Vossa Excelência, em conformidade com os artigo 21 e seguintes do Regimento Interno e artigo 38, inciso III, da Lei Orgânica do Município, submeter ao Egrégio Plenário o presente REQUERIMENTO DE LICENÇA, pelo período de trinta dias, a contar do dia 01 de outubro de 2019 a 31 de outubro de 2019 para tratar, sem remuneração, de interesse particular.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2044,68 +2044,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/659/indicacao_no_001-_-_domingos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/660/indicacao_no_002-_construcao_de_banheiros_proximo_academia.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/661/indicacao_no_003-_recuperacao_da_estrada-_petraski_-claudecir_e__marcos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/662/indicacao_no_004-_aquisicao__maquina_de__costura-_marcos_e_claudecir.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/663/indicacao_no_005-_aquisicao__container-_tiago.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/664/indicacao_no_006-_encanamento_da_rede_de_agua_gleba_dos_morros-_domingos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/665/indicacao_no_007-_aquisicao_patrulha-_altair.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/666/indicacao_no_008-_recuperacao_da_estrada_freire-_antonio_ademir.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/667/indicacao_no_009-_reperacao_de_tubos_ademir_e_antonio.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/668/indicacao_no_010-desassoreamento_do_rio-_tiago.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/669/indicacao_no_011-_encanamento_da_rede_de_agua_aparecida-_domingos.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/670/indicacao_no_012-_construcao_passarela-_tiago.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/671/indicacao_no_012-_construcao_passarela-_tiago.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/672/indicacao_no_014-_construcao_de_parque-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/673/indicacao_no_015-_academia_santa_terezinha-_taisller_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/674/indicacao_no_016-_construcao_pavimentacao_linha_aparecida-_ildo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/675/indicacao_no_017-_encanamento_da_rede_de_agua_squina_e_sao_jorge-_domingos_taisller_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/676/indicacao_no_018-_construcao_de_pontilhao-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/677/indicacao_no_019-_construcao_pontilhao_linha_aparecida-_ildo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/678/indicacao_no_020-_atendimento_odontologico-_claudecir_domingos_marcos_taisller_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/679/indicacao_no_021-_recuperacao_das_estradas-_taisller.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/680/indicacao_no_022-_construcao_calcamento_e_iluminacao__bairro_campo_velho_ou_centro_novo_tiago.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/681/indicacao_no_023-_instalacao_da_tubulacao-_taisller.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/682/indicacao_no_024-_lombadas_bairro_sao_domingos-_domingos.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/683/indicacao_no_025-_subsidioo_de_horas_maquinas-_ildo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/684/indicacao_no_026-_reforma_da_ponte_-_domingos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/685/indicacao_no_027-_disponibilizar_carro_sao_joao-_vande.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/686/indicacao_no_028-_encanamento_da_rede_de_agua_alto_sao_joao-_vande.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/687/indicacao_no_029-_construcao_de_ponte_aparecida-_adelar.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/688/indicacao_no_030-_construcao_quadra_coberta_savanhago-_adelar.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/689/indicacao_no_031-_recuperacao_da_estrada_santo_terezinha_-jairo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/690/indicacao_no_032-_recuperacao_das_estradas_tamadare_-_jairo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/691/indicacao_no_033-_reforma_ginasio_santa_terezinha-_jairo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/692/indicacao_no_034-_limpeza_das_laterais_santa_terezinha-_jairo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/693/indicacao_no_035-_conclusao_calcamento_santa_terezinha_-_jairo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/694/indicacao_no_036-_construcao_cobertura_campo_eca_de_queiros-_adelar.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/695/indicacao_no_037-_construcao_ponto_de_onibus-_adelar.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/696/indicacao_no_038-_recuperacao_das_estradas_alto_sao_joao_-vande.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/697/indicacao_no_039-_recuperacao_das_estradas_tancredo_-vande.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/698/indicacao_no_040-_substituicao_de_tubos_sao_joao-_vande.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/699/indicacao_no_041_-iluminacao_campo__alto_sao_joao-_vande.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/700/indicacao_no_042-construcao_de_um_campo-_vande.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/701/indicacao_no_043-_aquisicao_saco_para_coletas_reciclavel-_ademir.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/702/indicacao_no_044-_alargamento_das_estradas_aparecida_e__savanhago-_adelar.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/703/indicacao_no_045-_recuperacao_das_estradas_aparecida_-adelar.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/704/indicacao_no_046-_recuperacao_das_estradas-_jairo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/705/indicacao_no_047-_recuperacao_das_estradas_gleba_-vande.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/706/indicacao_no_048-_curso_tratorista_-_ademir.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/707/indicacao_no_049-_substituicao_de_tubos_santo_antonio-_vande.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/708/indicacao_no_050-_recuperacao_das_estradas_canarinho_-vande_-.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/709/indicacao_no_051-_redutor_de_velocidade_sao_joao-_vande.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/710/indicacao_no_052-_recuperacao_das_estradas__sao_joao_-vande.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/711/indicacao_no_053-_substituicao_de_tubos_beto_turski-_adelar.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/712/indicacao_no_054-_contratacao_medico_pediatra-_marcos.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/713/indicacao_no_055-_distribuicao_residuo_asfaltico-_taisller.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/714/indicacao_no_056-_construcao_area_de_escape_-_tiago.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/715/indicacao_no_057-_construcao_de_tubulacao-marcos.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/716/indicacao_no_058-_cascalhamneto_e_limpeza__bona-_altair.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/717/indicacao_no_059-_subsidio_agente_de_saude-_marcos.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/718/indicacao_no_060-_instalacao_ar-_condicionado-_ildo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/719/indicacao_no_061-_recuperacao_das_estradas_linha_terezinha.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/720/indicacao_no_062-_substituicao_de_tubos_barra_grande-_marcos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/721/indicacao_no_063-_construcao_quadra_esportiva_-_tiago.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/722/indicacao_no_064-_retorno_dos_festivais-_domingos.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/724/indicacao_no_066-_construcao_tumulos_-domingos.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/725/indicacao_no_067-_reforma_doa_brinquedos_parque-_altair.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/726/indicacao_no_068-_concessao_de_uso_gleba_dos_morros-_ademir_e_ildo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/727/indicacao_no_069-_fixacao_de_placas-_ildo_e_ademir.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/728/indicacao_no_070-_construcao_calcamento_e_muro_de_arrimo-_domingos.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/729/indicacao_no_071-_recapeamento_asfaltico_-_ildo_antonio_ademir_e_altair.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/730/indicacao_no_072-_instalacao_de_dois_cortornos-autoria_domingos_alberto_rech.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/731/indicacao_no_073-_sinalizacao_asfaltico_-marcos_e_claudecir.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/732/indicacao_no_074-_poco_artesiano_linha_freire-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/733/indicacao_no_075-_lombadas_ernesto_panzera-_domingos_-.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/734/indicacao_no_076-_construcao_de_calcadas_-_marcos_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/735/indicacao_no_077-_limpeza_bebedouro_barra_grande_domingos.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/736/indicacao_no_078-_limpeza_do_rio_aparecida-_altair.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/737/indicacao_no_079-_recuperacao_da_estrada_rio_tunal-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/738/indicacao_no_080-_usar_o_caminhao_leiao-_ildo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/739/indicacao_no_081-_construcao__e_muro_de_arrimo-_domingos.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/740/indicacao_no_082-_curso_mecanica_e_eletricista_tiago_e_domingos.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/741/indicacao_no_083-_numeracao_das_casas-_ildo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/742/indicacao_no_084-__conclusao_de_calcamento-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/743/indicacao_no_085-_construcao_passarela-_domingos.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/744/indicacao_no_086-_atualizacao_planos_cargos-tiago.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/745/indicacao_no_087-_construcao_calcamento__claudecir_marcos_e_domingos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/746/indicacao_no_088-_usar_pa_carregadeira-_domingos.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/747/indicacao_no_090-_conclusao_calcamento-_oli.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/748/indicacao_no_090-_conclusao_calcamento-_oli.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/749/indicacao_no_091-_academia_santa_luzia__domingos_claudecir.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/750/indicacao_no_092-_construcao_de_calcadas_sao_domingos-_domingos.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/752/indicacao_no_094-_disponibilizar_carro_santa_terezinha-_paulo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/753/indicacao_no_095-_construcao_de_um_abatedouro_municipal-_tiago.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/754/indicacao_no_096-_construcao_de_calcadas_e_calcamento-_domingos_alberto.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/755/indicacao_no_097-_reforma_da_cabeceira_linha_roncador-_antonio.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/756/indicacao_no_099-_colocacao_de__insulfilm-marcos_e_claudecir.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/757/indicacao_no_099-_colocacao_de__insulfilm-marcos_e_claudecir.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/758/indicacao_no_100-_pavimentacao__asfaltico_-_domingos.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/759/indicacao_no_101-_contratacao_de_seguro-marcos_e_claudecir.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/760/indicacao_no_102-_construcao_de_calcamento-_domingos_alberto.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/761/indicacao_no103-_orientacao_para_motorista-_domingos_taisller_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/762/indicacao_no104-_guardar_os_cxarros_na_garagem-_domingos_taisller_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/763/indicacao_no105-concessao_predio_publico-__ildo.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/765/indicacao_no107-_recuperacao_do_calcamento_da_linha_santa_terezinha_-_marcos.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/766/indicacao_no107-_recuperacao_do_calcamento_da_linha_santa_terezinha_-_marcos.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/767/indicacao_no108-_guardar_os_equipamentos__emaquinas_na_garagem-_ildo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/768/indicacao_no109-_poco_artesiano_roncador-_antonio.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/769/indicacao_no110-_distribuicao_residuo_asfaltico-_domingos_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/770/indicacao_no111-_distribuicao_residuo_asfaltico-_domingos_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/771/indicacao_no112-_construcao__banheiro_-_domingos_-_para_mesclagem.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/772/indicacao_no113-recuperacao_cascalhamento-__beto_turski-domingos.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/631/requerimento_no_001-_licenca_tiago.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/633/requerimento_no_002-_licenca_marcos.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/634/requerimento_no_003-_licenca_claudecir.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/636/requerimento_no_004-_justificativa_de_falta-ademir.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/637/requerimento_no_005-_informacao_reurb-taisller.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/638/requerimento_no_006-_convocacao_altair_teixeira-_domingos.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/639/requerimento_no_007-_justificativa_de_falta-_marcos.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/640/requerimento_no_008-informacao_sobre_a_academia_ao_livre.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/641/requerimento_no_009-_pedido_de_informacao_ao_engenheiro_prefeitura_taisller.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/642/requerimento_no_010_-_pedido_de_informacao-_taisller.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/643/requerimento_no_011-_justificativa_de_falta-ildo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/644/requerimento_no_012-_pedido_de_informacao-_associacao___taisller_-.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/645/requerimento_no_013-_pedido_de_informacao-___taisller_-.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/646/requerimento_no_014-_aquisicao_de_imovel_-_ademir_da_rosa.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/647/requerimento_no_015-_pedido_de_informacao_limpeza_dos_bebedouros-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/648/requerimento_no_016-_pedido_de_informacao_posto_de_saude-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/649/requerimento_no_017-_retorno_do_onibus-taisller.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/650/requerimento_no_018-_licenca_ademir.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/651/requerimento_no_019-_justificativa_de_falta-_altair.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/652/requerimento_no_020-_licenca_altair.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/653/requerimento_no_021-_justificativa_de_falta-_tiago.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/654/requerimento_no_019-_licenca_ildo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/659/indicacao_no_001-_-_domingos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/660/indicacao_no_002-_construcao_de_banheiros_proximo_academia.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/661/indicacao_no_003-_recuperacao_da_estrada-_petraski_-claudecir_e__marcos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/662/indicacao_no_004-_aquisicao__maquina_de__costura-_marcos_e_claudecir.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/663/indicacao_no_005-_aquisicao__container-_tiago.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/664/indicacao_no_006-_encanamento_da_rede_de_agua_gleba_dos_morros-_domingos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/665/indicacao_no_007-_aquisicao_patrulha-_altair.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/666/indicacao_no_008-_recuperacao_da_estrada_freire-_antonio_ademir.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/667/indicacao_no_009-_reperacao_de_tubos_ademir_e_antonio.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/668/indicacao_no_010-desassoreamento_do_rio-_tiago.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/669/indicacao_no_011-_encanamento_da_rede_de_agua_aparecida-_domingos.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/670/indicacao_no_012-_construcao_passarela-_tiago.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/671/indicacao_no_012-_construcao_passarela-_tiago.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/672/indicacao_no_014-_construcao_de_parque-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/673/indicacao_no_015-_academia_santa_terezinha-_taisller_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/674/indicacao_no_016-_construcao_pavimentacao_linha_aparecida-_ildo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/675/indicacao_no_017-_encanamento_da_rede_de_agua_squina_e_sao_jorge-_domingos_taisller_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/676/indicacao_no_018-_construcao_de_pontilhao-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/677/indicacao_no_019-_construcao_pontilhao_linha_aparecida-_ildo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/678/indicacao_no_020-_atendimento_odontologico-_claudecir_domingos_marcos_taisller_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/679/indicacao_no_021-_recuperacao_das_estradas-_taisller.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/680/indicacao_no_022-_construcao_calcamento_e_iluminacao__bairro_campo_velho_ou_centro_novo_tiago.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/681/indicacao_no_023-_instalacao_da_tubulacao-_taisller.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/682/indicacao_no_024-_lombadas_bairro_sao_domingos-_domingos.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/683/indicacao_no_025-_subsidioo_de_horas_maquinas-_ildo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/684/indicacao_no_026-_reforma_da_ponte_-_domingos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/685/indicacao_no_027-_disponibilizar_carro_sao_joao-_vande.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/686/indicacao_no_028-_encanamento_da_rede_de_agua_alto_sao_joao-_vande.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/687/indicacao_no_029-_construcao_de_ponte_aparecida-_adelar.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/688/indicacao_no_030-_construcao_quadra_coberta_savanhago-_adelar.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/689/indicacao_no_031-_recuperacao_da_estrada_santo_terezinha_-jairo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/690/indicacao_no_032-_recuperacao_das_estradas_tamadare_-_jairo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/691/indicacao_no_033-_reforma_ginasio_santa_terezinha-_jairo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/692/indicacao_no_034-_limpeza_das_laterais_santa_terezinha-_jairo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/693/indicacao_no_035-_conclusao_calcamento_santa_terezinha_-_jairo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/694/indicacao_no_036-_construcao_cobertura_campo_eca_de_queiros-_adelar.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/695/indicacao_no_037-_construcao_ponto_de_onibus-_adelar.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/696/indicacao_no_038-_recuperacao_das_estradas_alto_sao_joao_-vande.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/697/indicacao_no_039-_recuperacao_das_estradas_tancredo_-vande.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/698/indicacao_no_040-_substituicao_de_tubos_sao_joao-_vande.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/699/indicacao_no_041_-iluminacao_campo__alto_sao_joao-_vande.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/700/indicacao_no_042-construcao_de_um_campo-_vande.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/701/indicacao_no_043-_aquisicao_saco_para_coletas_reciclavel-_ademir.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/702/indicacao_no_044-_alargamento_das_estradas_aparecida_e__savanhago-_adelar.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/703/indicacao_no_045-_recuperacao_das_estradas_aparecida_-adelar.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/704/indicacao_no_046-_recuperacao_das_estradas-_jairo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/705/indicacao_no_047-_recuperacao_das_estradas_gleba_-vande.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/706/indicacao_no_048-_curso_tratorista_-_ademir.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/707/indicacao_no_049-_substituicao_de_tubos_santo_antonio-_vande.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/708/indicacao_no_050-_recuperacao_das_estradas_canarinho_-vande_-.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/709/indicacao_no_051-_redutor_de_velocidade_sao_joao-_vande.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/710/indicacao_no_052-_recuperacao_das_estradas__sao_joao_-vande.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/711/indicacao_no_053-_substituicao_de_tubos_beto_turski-_adelar.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/712/indicacao_no_054-_contratacao_medico_pediatra-_marcos.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/713/indicacao_no_055-_distribuicao_residuo_asfaltico-_taisller.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/714/indicacao_no_056-_construcao_area_de_escape_-_tiago.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/715/indicacao_no_057-_construcao_de_tubulacao-marcos.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/716/indicacao_no_058-_cascalhamneto_e_limpeza__bona-_altair.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/717/indicacao_no_059-_subsidio_agente_de_saude-_marcos.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/718/indicacao_no_060-_instalacao_ar-_condicionado-_ildo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/719/indicacao_no_061-_recuperacao_das_estradas_linha_terezinha.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/720/indicacao_no_062-_substituicao_de_tubos_barra_grande-_marcos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/721/indicacao_no_063-_construcao_quadra_esportiva_-_tiago.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/722/indicacao_no_064-_retorno_dos_festivais-_domingos.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/724/indicacao_no_066-_construcao_tumulos_-domingos.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/725/indicacao_no_067-_reforma_doa_brinquedos_parque-_altair.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/726/indicacao_no_068-_concessao_de_uso_gleba_dos_morros-_ademir_e_ildo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/727/indicacao_no_069-_fixacao_de_placas-_ildo_e_ademir.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/728/indicacao_no_070-_construcao_calcamento_e_muro_de_arrimo-_domingos.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/729/indicacao_no_071-_recapeamento_asfaltico_-_ildo_antonio_ademir_e_altair.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/730/indicacao_no_072-_instalacao_de_dois_cortornos-autoria_domingos_alberto_rech.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/731/indicacao_no_073-_sinalizacao_asfaltico_-marcos_e_claudecir.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/732/indicacao_no_074-_poco_artesiano_linha_freire-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/733/indicacao_no_075-_lombadas_ernesto_panzera-_domingos_-.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/734/indicacao_no_076-_construcao_de_calcadas_-_marcos_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/735/indicacao_no_077-_limpeza_bebedouro_barra_grande_domingos.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/736/indicacao_no_078-_limpeza_do_rio_aparecida-_altair.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/737/indicacao_no_079-_recuperacao_da_estrada_rio_tunal-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/738/indicacao_no_080-_usar_o_caminhao_leiao-_ildo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/739/indicacao_no_081-_construcao__e_muro_de_arrimo-_domingos.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/740/indicacao_no_082-_curso_mecanica_e_eletricista_tiago_e_domingos.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/741/indicacao_no_083-_numeracao_das_casas-_ildo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/742/indicacao_no_084-__conclusao_de_calcamento-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/743/indicacao_no_085-_construcao_passarela-_domingos.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/744/indicacao_no_086-_atualizacao_planos_cargos-tiago.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/745/indicacao_no_087-_construcao_calcamento__claudecir_marcos_e_domingos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/746/indicacao_no_088-_usar_pa_carregadeira-_domingos.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/747/indicacao_no_090-_conclusao_calcamento-_oli.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/748/indicacao_no_090-_conclusao_calcamento-_oli.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/749/indicacao_no_091-_academia_santa_luzia__domingos_claudecir.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/750/indicacao_no_092-_construcao_de_calcadas_sao_domingos-_domingos.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/752/indicacao_no_094-_disponibilizar_carro_santa_terezinha-_paulo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/753/indicacao_no_095-_construcao_de_um_abatedouro_municipal-_tiago.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/754/indicacao_no_096-_construcao_de_calcadas_e_calcamento-_domingos_alberto.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/755/indicacao_no_097-_reforma_da_cabeceira_linha_roncador-_antonio.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/756/indicacao_no_099-_colocacao_de__insulfilm-marcos_e_claudecir.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/757/indicacao_no_099-_colocacao_de__insulfilm-marcos_e_claudecir.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/758/indicacao_no_100-_pavimentacao__asfaltico_-_domingos.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/759/indicacao_no_101-_contratacao_de_seguro-marcos_e_claudecir.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/760/indicacao_no_102-_construcao_de_calcamento-_domingos_alberto.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/761/indicacao_no103-_orientacao_para_motorista-_domingos_taisller_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/762/indicacao_no104-_guardar_os_cxarros_na_garagem-_domingos_taisller_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/763/indicacao_no105-concessao_predio_publico-__ildo.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/765/indicacao_no107-_recuperacao_do_calcamento_da_linha_santa_terezinha_-_marcos.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/766/indicacao_no107-_recuperacao_do_calcamento_da_linha_santa_terezinha_-_marcos.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/767/indicacao_no108-_guardar_os_equipamentos__emaquinas_na_garagem-_ildo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/768/indicacao_no109-_poco_artesiano_roncador-_antonio.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/769/indicacao_no110-_distribuicao_residuo_asfaltico-_domingos_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/770/indicacao_no111-_distribuicao_residuo_asfaltico-_domingos_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/771/indicacao_no112-_construcao__banheiro_-_domingos_-_para_mesclagem.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/772/indicacao_no113-recuperacao_cascalhamento-__beto_turski-domingos.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/631/requerimento_no_001-_licenca_tiago.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/633/requerimento_no_002-_licenca_marcos.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/634/requerimento_no_003-_licenca_claudecir.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/636/requerimento_no_004-_justificativa_de_falta-ademir.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/637/requerimento_no_005-_informacao_reurb-taisller.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/638/requerimento_no_006-_convocacao_altair_teixeira-_domingos.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/639/requerimento_no_007-_justificativa_de_falta-_marcos.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/640/requerimento_no_008-informacao_sobre_a_academia_ao_livre.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/641/requerimento_no_009-_pedido_de_informacao_ao_engenheiro_prefeitura_taisller.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/642/requerimento_no_010_-_pedido_de_informacao-_taisller.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/643/requerimento_no_011-_justificativa_de_falta-ildo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/644/requerimento_no_012-_pedido_de_informacao-_associacao___taisller_-.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/645/requerimento_no_013-_pedido_de_informacao-___taisller_-.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/646/requerimento_no_014-_aquisicao_de_imovel_-_ademir_da_rosa.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/647/requerimento_no_015-_pedido_de_informacao_limpeza_dos_bebedouros-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/648/requerimento_no_016-_pedido_de_informacao_posto_de_saude-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/649/requerimento_no_017-_retorno_do_onibus-taisller.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/650/requerimento_no_018-_licenca_ademir.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/651/requerimento_no_019-_justificativa_de_falta-_altair.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/652/requerimento_no_020-_licenca_altair.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/653/requerimento_no_021-_justificativa_de_falta-_tiago.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2019/654/requerimento_no_019-_licenca_ildo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H136"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="111.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="171.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="170.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>