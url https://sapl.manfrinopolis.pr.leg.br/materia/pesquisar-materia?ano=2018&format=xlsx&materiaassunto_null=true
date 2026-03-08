--- v0 (2025-10-01)
+++ v1 (2026-03-08)
@@ -54,1398 +54,1398 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Altair Panzera, Brizola</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/523/indicacao_no_001-_aquisicao_retroescavadeira-_altair_e_ildo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/523/indicacao_no_001-_aquisicao_retroescavadeira-_altair_e_ildo.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos junto ao Governo Federal ou Estadual, para aquisição de uma retroescavadeira para suprir as necessidades da Secretaria de Urbanismo.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Claudecir Pegoraro, Marcos Antônio Francisconi</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/524/indicacao_no_002-_recapeamento_asfaltico-_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/524/indicacao_no_002-_recapeamento_asfaltico-_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para o recapeamento asfáltico da BR – 483 até a comunidade São Sebastião da Bela Vista (Barra Grande).</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/525/indicacao_no_003-_reforma_ginasio_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/525/indicacao_no_003-_reforma_ginasio_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para reforma do Ginásio de Esporte Libero da Silva na comunidade São Sebastião da Bela Vista (Barra Grande).</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/526/indicacao_no_004-_substituicao_de_tubos_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/526/indicacao_no_004-_substituicao_de_tubos_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja feita a substituição da tubulação já existente, por tubulação de maior diâmetro na linha Roncador, próximo as propriedades dos senhores José Bitencourt e Emerson Dal Posso e de mais moradores.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/527/indicacao_no_005-_aquisicao_epi_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/527/indicacao_no_005-_aquisicao_epi_tiago.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para aquisição de Equipamentos de Proteção Individual (EPIs) para atender as necessidades das diversas secretarias do município de Manfrinópolis. EPIs tem como objetivo proteger o trabalhador dos possíveis riscos que ameaçam a sua segurança e a sua saúde no trabalho, evitando ou atenuando a gravidade das possíveis lesões durante o trabalho.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Domingos Alberto Rech</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/528/indicacao_no_006-_caminhao_pipa-_domingos_alberto.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/528/indicacao_no_006-_caminhao_pipa-_domingos_alberto.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos junto ao Governo Federal ou Estadual, para aquisição de um Caminhão devidamente equipado para armazenamento de água. O mesmo seria destinado no combate de pequenos focos de incêndios, e no abastecimento de água e para melhoria das estradas.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/529/indicacao_no_007-_aquisicao_trator-_altair_e_ildo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/529/indicacao_no_007-_aquisicao_trator-_altair_e_ildo.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos junto ao Governo Federal ou Estadual, para aquisição de um trator para suprir as necessidades das comunidades Gleba dos Morros, Savanhago e Camargo.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/530/indicacao_no_008-construcao_de_pontilhao_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/530/indicacao_no_008-construcao_de_pontilhao_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para a construção de um pontilhão sobre o Rio Barra Grande, que liga as propriedades dos Senhores Alcides Bazotti e Jorge Tonelo.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/531/indicacao_no_009-_substituicao_de_tubos_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/531/indicacao_no_009-_substituicao_de_tubos_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja feita a substituição da tubulação já existente, por tubulação de maior diâmetro na comunidade São Sebastião da Bela Vista (Barra Grande), próximo a propriedade do senhor Lijuir Pegoraro.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Domingos Alberto Rech, Taisller Guimarães da Silva</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/532/indicacao_no_010-_contratacao_professor-_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/532/indicacao_no_010-_contratacao_professor-_taisller.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para fazer a convocação do professor aprovado no concurso Municipal, supri assim, as necessidades da Secretaria de Educação e Cultura.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/533/indicacao_no_011-_substituicao_de_tubos_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/533/indicacao_no_011-_substituicao_de_tubos_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja feita a substituição ou a ampliação da tubulação já existente, por tubulação de maior diâmetro na comunidade São Sebastião da Bela Vista (Barra Grande), próximo a propriedade da senhora Maria de Oliveira.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Taisller Guimarães da Silva</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/534/indicacao_no_012-_aquisicao_uti-_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/534/indicacao_no_012-_aquisicao_uti-_taisller.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos junto ao Governo Federal ou Estadual, para aquisição de uma UTI móvel para atender a população, o Município conta apenas com uma ambulância comum, inapropriada para transporte de pacientes em estados graves. Há casos emergenciais que necessitam de cuidados especiais em que deve haver um cuidado maior durante condução para hospitais ou unidades de saúde fora da cidade.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/535/indicacao_no_013-_subsidio_agente_de_saude.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/535/indicacao_no_013-_subsidio_agente_de_saude.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para subsidiar os custos de locomoção dos Agentes Comunitários de Saúde.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Ademir da Rosa, Claudecir Pegoraro, Marcos Antônio Francisconi</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/536/indicacao_no_014-_manutecao_do_poco_ginasio_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/536/indicacao_no_014-_manutecao_do_poco_ginasio_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja feita a perfuração de um Poço Artesiano na comunidade da Linha Freire, assim atendendo as necessidades dos moradores desta localidade.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/540/indicacao_no_015-_ademir_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/540/indicacao_no_015-_ademir_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>s Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja feita a perfuração de um Poço Artesiano na comunidade da Linha Freire, assim atendendo as necessidades dos moradores desta localidade.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Taisller Guimarães da Silva, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/541/indicacao_no_016-_aquisicao_retroescavadeira-_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/541/indicacao_no_016-_aquisicao_retroescavadeira-_tiago.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos junto ao Governo Federal ou Estadual, para aquisição de uma retroescavadeira para suprir as necessidades da Secretaria da Agricultura.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Altair Panzera</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/542/indicacao_no_017-_perfuracao_poco_artesiano_sao_jorge-_altair_e_ildo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/542/indicacao_no_017-_perfuracao_poco_artesiano_sao_jorge-_altair_e_ildo.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja feita a perfuração de um Poço Artesiano na comunidade da Linha São Jorge, assim atendendo as necessidades dos moradores desta localidade.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/543/indicacao_no_018-_substituicao_de_tubos-_altair_e_ildo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/543/indicacao_no_018-_substituicao_de_tubos-_altair_e_ildo.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja feita a substituição da tubulação já existente, por tubulação de maior diâmetro na comunidade da Linha São Jorge, próximo a propriedade do senhor José Alexadre.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/544/indicacao_no_019-_construcao_de_um_ponto_de_onibus-_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/544/indicacao_no_019-_construcao_de_um_ponto_de_onibus-_taisller.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de um ponto de ônibus na linha Camargo, esquina de entrada de acesso as propriedades das famílias Fonseca e Cheese.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/545/indicacao_no_020-_desafetacao-_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/545/indicacao_no_020-_desafetacao-_tiago.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, para que realize a desafetação da rua nº 3, sem nome e nº 10 localizadas entre as chácaras 16, 18 e 81 e realize a legalização da estrada municipal localizada as margens do arroio afluente do rio Encantilado, para isso afetando a mesma como rua de acesso às chácaras 16,18 e 81.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/546/indicacao_no_020-_desafetacao-_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/546/indicacao_no_020-_desafetacao-_tiago.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias, para que seja feita a transferência da localização do ponto de ônibus que encontrasse desativado próximo a PR 182 antiga entrada da propriedade do Senhor Jandir Marciak,  para que o mesmo seja transferido ao lado antigo moinho na Linha Savanhago.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Claudecir Pegoraro, Marcos Antônio Francisconi, Taisller Guimarães da Silva</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/547/indicacao_no_022-_reforma_ou_substituicao_campo_-_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/547/indicacao_no_022-_reforma_ou_substituicao_campo_-_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja realizada a reforma ou substituição das telas de proteção do Campo Municipal José Clarito de Oliveira, localizado na comunidade de São Sebastião da Bela Vista (Barra Grande).</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Claudecir Pegoraro, Marcos Antônio Francisconi, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/548/indicacao_no_023-__conclusao_de_calcamento-_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/548/indicacao_no_023-__conclusao_de_calcamento-_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, mostrando a necessidade de proceder à conclusão do calçamento da Linha Três de Maio, em frente da Igreja Congregação Cristão do Brasil até a proximidade da propriedade do Senhor José Tavares de Lima.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Domingos Alberto Rech, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/549/indicacao_no_024-_construcao_de_refugio-_domingos_e_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/549/indicacao_no_024-_construcao_de_refugio-_domingos_e_tiago.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido solicitar junto ao DER, a construção de duas áreas de escape na PR182, para que os veículos de grande porte possam usar como refúgio caso o sistema de frenagem pare de funcionar.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/557/indicacao_no_025-_ampliacao_da_rede_de_agua-_taisller_guimaraes_da_silva.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/557/indicacao_no_025-_ampliacao_da_rede_de_agua-_taisller_guimaraes_da_silva.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do                    Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para ampliação da rede de abastecimento de água da Linha Planaltinho até a residência dos Senhores Orides Pelentir e Getúlio Ribeiro Duarte.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Ademir da Rosa</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/551/indicacao_no_026-_a-_ademir_da_rosa.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/551/indicacao_no_026-_a-_ademir_da_rosa.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do  Setor competente, que tome as providências necessárias no sentido de retornar o atendimento odontológico na Linha Santa Lucia.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/552/indicacao_no_027-_perfuracao_poco_artesiano_savanhago-_altair_e_ildo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/552/indicacao_no_027-_perfuracao_poco_artesiano_savanhago-_altair_e_ildo.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja feita a perfuração de um Poço Artesiano próximo ao barracão da comunidade da Linha Savanhago, assim atendendo as necessidades dos moradores desta localidade.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/553/indicacao_no_028-_atendimento_odontologico-_ademir_da_rosa.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/553/indicacao_no_028-_atendimento_odontologico-_ademir_da_rosa.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do   Setor competente, que tome as providências necessárias no sentido de retomar os atendimentos odontológico na Linha Santa Luzia.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/554/indicacao_no_029-_aquisicao_trator-_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/554/indicacao_no_029-_aquisicao_trator-_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos junto ao Governo Federal ou Estadual, para aquisição de um trator para suprir as necessidades da Associação do Barra Grande.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/555/indicacao_no_030-_coleta_de_embalagem_agrotoxico_savanhago-_altair_e_ildo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/555/indicacao_no_030-_coleta_de_embalagem_agrotoxico_savanhago-_altair_e_ildo.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para implantação de ponto de coleta de embalagens vazias de agrotóxicos, em todas as comunidades do Município de Manfrinópolis.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/556/indicacao_no_031-_substituicao_de_tubos_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/556/indicacao_no_031-_substituicao_de_tubos_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para reforma do Ginásio de Esporte Eloivo Guimarães da Silva da sede do Município de Manfrinópolis, assim como adequações e ampliação do espaço. O objetivo é a acessibilidade aos portadores de deficiências físicas ou necessidades especiais.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/558/indicacao_no_032-_reforma_de_um_ponto_de_onibus-_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/558/indicacao_no_032-_reforma_de_um_ponto_de_onibus-_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para reforma do um ponto de ônibus na linha Planaltinho próximo a PR182.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/559/indicacao_no_033-_reforma_ginasio_eloivo_tiago_thomas.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/559/indicacao_no_033-_reforma_ginasio_eloivo_tiago_thomas.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para reforma do Ginásio de Esporte Eloivo Guimarães da Silva da sede do Município de Manfrinópolis, assim como adequações e substituição das lâmpadas por lâmpadas de led e a ampliação do espaço. O objetivo é a acessibilidade aos portadores de deficiências físicas ou necessidades especiais.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/560/indicacao_no_034-_atualizacao_planos_cargos-_taisller_e_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/560/indicacao_no_034-_atualizacao_planos_cargos-_taisller_e_tiago.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias, solicitando a atualização dos planos de cargos e salários e a revisão dos vencimentos básicos de todos os servidores públicos municipais. Tendo em vista a média salarial regional e os pisos salariais dos profissionais do Brasil, a fim de comunicar que as leis nº529/2014, nº 0565/2015, nº 0598/2016, nº 0654/2017 e nº 0648/2017, referente ao Quadro Único dos Servidores,  estão disponível no Portal da Transparência e seu acesso é através do link: http://www.manfrinopolis.pr.leg.br/transparencia/atos/leis.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/561/indicacao_no_035-_remorcao_do_canteiro_central-_domingos_e_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/561/indicacao_no_035-_remorcao_do_canteiro_central-_domingos_e_tiago.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias, para remoção do canteiro central da Avenida São Cristóvão, visando estender a largura, assim melhorando trafegabilidade dos veículos.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Brizola, Claudecir Pegoraro, Marcos Antônio Francisconi, Taisller Guimarães da Silva</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/562/indicacao_no_036-_reforma_ginasio_santa_terezinha-.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/562/indicacao_no_036-_reforma_ginasio_santa_terezinha-.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para reforma do Ginásio de Esporte da Comunidade de Santa Terezinha.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/563/indicacao_no_037-_construcao_ponto_de_coleta-_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/563/indicacao_no_037-_construcao_ponto_de_coleta-_taisller.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos, para construção de pontos de coletas de resíduos sólidos, no interior do Município de Manfrinópolis</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/564/indicacao_no_038-_academia-_claudecir_marcos_e_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/564/indicacao_no_038-_academia-_claudecir_marcos_e_taisller.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos junto ao Governo Federal ou Estadual, para aquisição de uma academia ao ar livre, para comunidade de Santa Terezinha.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/565/indicacao_no_039-_aquisicao_tambores_de_lixo-_claudecir_e_marcos_-_copia.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/565/indicacao_no_039-_aquisicao_tambores_de_lixo-_claudecir_e_marcos_-_copia.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para aquisição e instalação de tambores para coleta de lixo no interior do Município de Manfrinópolis.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/566/indicacao_no_040-_substituicao_de_tubos_sao_joao_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/566/indicacao_no_040-_substituicao_de_tubos_sao_joao_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja feita o alargamento da tubulação já existente, na comunidade da São João, próximo as propriedades dos senhores Jaime Blasio e Leumar Greffe.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/567/indicacao_no_041-_construcao_de_tubos-_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/567/indicacao_no_041-_construcao_de_tubos-_taisller.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção e colocação  de bueiros na Linha Tancredo Benghi, próximo a propriedade do Senhor Adilto Xavier Rodrigues.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/568/indicacao_no_042-_construcao_de_cisterna-_domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/568/indicacao_no_042-_construcao_de_cisterna-_domingos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos junto ao Governo Federal ou Estadual, para Construção de Cisternas no interior do Município. O sistema de armazenamento por cisterna representa uma solução de acesso à água para a população do nosso Município.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/570/indicacao_no_044-_retorno_cessao_funcionario.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/570/indicacao_no_044-_retorno_cessao_funcionario.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido, que a servidora pública Nathieli Vieira ocupante do cargo de enfermeira, cedida a Associação Regional de Saúde do Sudoeste do Paraná / 8ª Regional de Saúde de Francisco Beltrão/PR, retorne imediato ao órgão de origem. A fim de comunicar que a lei nº0631/2017, referente a Cessão de servidores públicos  efetivos e demais órgãos ou entidades públicas,  estar disponível no Portal da Transparência e seu acesso é através do link: http://www.manfrinopolis.pr.leg.br/transparencia/atos/leis.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/571/indicacao_no_044-_retorno_cessao_funcionario.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/571/indicacao_no_044-_retorno_cessao_funcionario.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos junto ao Governo Federal ou Estadual, para fazer o desassoreamento e regularização do muro de contenção da encosta do Rio Buffon.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Formiga, Taisller Guimarães da Silva</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/572/indicacao_no_046-concessao_predio_publico-__ilso_e_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/572/indicacao_no_046-concessao_predio_publico-__ilso_e_taisller.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de conceder em regime concessão de uso o prédio localizado na linha Savanhago para os Senhores Adeline Kazik e Robson Bez, para implantação de uma fábrica de embutidos.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/573/indicacao_no_047-_retorno_dos_festivais-_domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/573/indicacao_no_047-_retorno_dos_festivais-_domingos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para retomada dos festivais de música em nosso município.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/574/indicacao_no_048-construcao_de_muro_do_rio-_altair.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/574/indicacao_no_048-construcao_de_muro_do_rio-_altair.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos junto ao Governo Federal ou Estadual, para construção de muro de contenção da encosta do Encantilado próximo as propriedades do Senhores Alberto Petri e Silomar de Oliveira.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Altair Panzera, Domingos Alberto Rech, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/575/indicacao_no_049-_poco_artesiano_linha_miller_tiago_e_domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/575/indicacao_no_049-_poco_artesiano_linha_miller_tiago_e_domingos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja feita a perfuração de um Poço Artesiano nas comunidades Aparecida (Linha Muller) e Squina, assim atendendo as necessidades dos moradores desta localidade.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/576/indicacao_no_050-_regularizacao_fundiaria_urbana-_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/576/indicacao_no_050-_regularizacao_fundiaria_urbana-_taisller.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para ampliação da rede de abastecimento de água da Linha São Jorge.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/577/indicacao_no_051-_cascalhamento_linha_sao_joao-_altair_e_ildo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/577/indicacao_no_051-_cascalhamento_linha_sao_joao-_altair_e_ildo.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para a recuperação com cascalhamento e limpeza das estradas da Linha São João, próximo a propriedade do senhor Alcemar Golf e demais moradores.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Claudecir Pegoraro</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/578/indicacao_no_052-_aquisicao_barracao_industrial-_claudecir_e_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/578/indicacao_no_052-_aquisicao_barracao_industrial-_claudecir_e_taisller.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos junto ao Governo Federal ou Estadual, para construção de barracão industrial, possibilitando o desenvolvimento do município e criando novos empregos a toda a população.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/579/indicacao_no_053-_aquisicao_onibus_escolar_santa_terezinha-_claudecir_e_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/579/indicacao_no_053-_aquisicao_onibus_escolar_santa_terezinha-_claudecir_e_taisller.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos junto ao Governo Federal ou Estadual, para aquisição de um ônibus escolar, sendo esse destinado para comunidade da Linha Santa Terezinha.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/580/indicacao_no_054-_aquisicao__relogio_ponto-_dominos_e_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/580/indicacao_no_054-_aquisicao__relogio_ponto-_dominos_e_taisller.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para aquisição de relógio ponto, para atender a demanda das Secretarias do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/581/indicacao_no_055-_substituicao_de_tubos_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/581/indicacao_no_055-_substituicao_de_tubos_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja feita a substituição da tubulação já existente, por tubulação de maior diâmetro na linha Três de Maio, próximo a propriedade do senhor Valdecir Machado-.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/582/indicacao_no_056-_mini_quadra_esportiva-_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/582/indicacao_no_056-_mini_quadra_esportiva-_tiago.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos junto ao Governo Federal ou Estadual, para construção de uma mini quadra esportiva na Escola Municipal Eça de Queiroz.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Ademir da Rosa, Altair Panzera, Brizola, Claudecir Pegoraro, Domingos Alberto Rech, Jairo Souza Albino, Marcos Antônio Francisconi, Taisller Guimarães da Silva, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/583/indicacao_no_057-_projeto_de_lei_centro_de_eventos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/583/indicacao_no_057-_projeto_de_lei_centro_de_eventos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, para criação do Projeto de Lei para dá denominação ao Espaço Público Centro de Eventos, localizado na Rua Campo Velho saída para Francisco Beltrão, para receber a Denominação DOGLAS ATILIO RODRIGUES.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Brizola, Taisller Guimarães da Silva</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/584/indicacao_no_059-_construcao_passarela-_ildo_e_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/584/indicacao_no_059-_construcao_passarela-_ildo_e_taisller.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de uma passarela suspensa sobre o Rio Encantilado, a mesma interliga a rua Vereador Clodomir Chorna ao Centro de Eventos localizado na rua Campo Velho</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/585/indicacao_no_060_-_aquisicao_plantadeira-__claudecir_marcos_e_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/585/indicacao_no_060_-_aquisicao_plantadeira-__claudecir_marcos_e_taisller.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de realizar o processo de licitação para aquisição de uma plantadeira.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/586/indicacao_no_061-_aquisicao_plantadeira-__claudecir_marcos_e_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/586/indicacao_no_061-_aquisicao_plantadeira-__claudecir_marcos_e_taisller.pdf</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Domingos Alberto Rech, Marcos Antônio Francisconi, Taisller Guimarães da Silva</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/587/indicacao_no_062-_construcao_de_tubulacao-_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/587/indicacao_no_062-_construcao_de_tubulacao-_taisller.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de bueiros na Rua  Setenta e Nove próximo as propriedades da senhora Alceni de Fatima da Rosa Batista, senhor Márcio Thomas e demais moradores .</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/588/indicacao_no_063-_curso_para_idosos_-_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/588/indicacao_no_063-_curso_para_idosos_-_taisller.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias afim de realizar curso de smartphone e tecnologia atuais para a terceira idade. O objetivo é ensinar os primeiros passos dentro do universo tecnológico da internet, por meio de celulares, redes sociais e computadores</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/589/indicacao_no_064-_instalacao_de_internet_-_taisller_-_copia.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/589/indicacao_no_064-_instalacao_de_internet_-_taisller_-_copia.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias, para instalação de uma torre de internet via rádio na região na linha Tunal. Por se tratar de uma comunidade rural, muitas vezes o sinal telefônico não pega e as pessoas não conseguem ter informações através da internet.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/599/indicacao_no_065-_curso_de_violao_-_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/599/indicacao_no_065-_curso_de_violao_-_taisller.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias afim de realizar aulas de violão para crianças, jovens e terceira idade. Essa oficina é uma atividade socioeducativa, que tem como objetivo despertar o gosto pela música.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/600/indicacao_no_067-_programa_de_incentivo_-claudecir_domingos_marcos_taisller_e_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/600/indicacao_no_067-_programa_de_incentivo_-claudecir_domingos_marcos_taisller_e_tiago.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias, solicitando a revisão do piso salarial mínimo para os Técnicos Agrícolas, conforme a Lei nº13.639, de 26 de março de 2018.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Claudecir Pegoraro, Taisller Guimarães da Silva</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/601/indicacao_no_068-concessao_predio_publico-_claudecir_e_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/601/indicacao_no_068-concessao_predio_publico-_claudecir_e_taisller.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de conceder em regime, concessão de uso do prédio público  Escola Municipal Getúlio Vargas localizado na linha Santa Terezinha para comunidade de Santa Terezinha.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/602/indicacao_no_068-concessao_predio_publico-_claudecir_e_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/602/indicacao_no_068-concessao_predio_publico-_claudecir_e_taisller.pdf</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/603/indicacao_no_069-_curso_de_corte_e_costura-_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/603/indicacao_no_069-_curso_de_corte_e_costura-_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias afim de disponibilizar cursos de corte e costura.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/604/indicacao_no_070-_vencimento_basico_tecnico_enfermagem_-_taisller_e_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/604/indicacao_no_070-_vencimento_basico_tecnico_enfermagem_-_taisller_e_tiago.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias, solicitando a revisão do piso salarial para Enfermeiro, Técnicos de Enfermagem e Auxiliar de Enfermagem, conforme decisão nº 18/2018 Coren/Pr.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/605/indicacao_no_071-_vencimento_basico_tecnico_enfermagem_-_taisller_e_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/605/indicacao_no_071-_vencimento_basico_tecnico_enfermagem_-_taisller_e_tiago.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias para aquisição de máquinas de costura industrial.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/606/indicacao_no_072-_substituicao_de_tubos-_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/606/indicacao_no_072-_substituicao_de_tubos-_tiago.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja feita a substituição das grades de proteção dos bueiros e construção novas tubulações de maior diâmetro em pontos estratégicos da Avenida São Cristóvão.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/607/indicacao_no_073-_substituicao_de_aperelhos_de_televisao-_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/607/indicacao_no_073-_substituicao_de_aperelhos_de_televisao-_tiago.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para que seja feita a substituição do aparelho de televisão, por aparelho com mais recursos tecnológicos, assim como ampliação da rede de internet, na Creche Municipal CMEI Mundo Encantado.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/608/indicacao_no_074-_construcao_de_um_ponto_de_onibus-_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/608/indicacao_no_074-_construcao_de_um_ponto_de_onibus-_tiago.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de um ponto de ônibus na Linha Encantilado, próximo ao Km 545 na PR 182.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Marcos Antônio Francisconi, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/609/indicacao_no_075-_reforma_das_calcadas_-_marcos_e_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/609/indicacao_no_075-_reforma_das_calcadas_-_marcos_e_tiago.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias, solicitando adequação e recuperação dos passeios públicos, pois alguns trechos encontram-se com buracos dificultando a passagens de pedestres e a locomoção de pessoas com necessidades especiais.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Ademir da Rosa, Altair Panzera, Brizola, Formiga</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/610/indicacao_no_076-_encanamento_da_rede_de_agua_gleba_dos_morros-_ildo.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/610/indicacao_no_076-_encanamento_da_rede_de_agua_gleba_dos_morros-_ildo.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para instalação e encanamento da rede de água na comunidade da Linha Gleba dos Morros.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Claudecir Pegoraro, Domingos Alberto Rech, Marcos Antônio Francisconi, Taisller Guimarães da Silva, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/611/indicacao_no_077-_construcao_de_um_ponto_de_onibus-claudecir_domingos_marcos_taisller_e_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/611/indicacao_no_077-_construcao_de_um_ponto_de_onibus-claudecir_domingos_marcos_taisller_e_tiago.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção de um ponto de ônibus na Linha Santa Terezinha, próximo a entrada da propriedade do Senhor Givanildo de Souza.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/612/indicacao_no_078-_recuperacao_da_estrada_-claudecir_e__marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/612/indicacao_no_078-_recuperacao_da_estrada_-claudecir_e__marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso,  para recuperação com cascalhamento da estrada que dá acesso a propriedade do senhor Darci Recalacati e demais moradores, localizada na Linha Santa Luzia.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/613/indicacao_no_079-_construcao_de_tubos-_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/613/indicacao_no_079-_construcao_de_tubos-_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para construção e colocação de bueiros na Linha Savanhago próximo a propriedade do Senhor Pedro dos Santos e demais moradores.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/614/indicacao_no_080-_curso_informatica_-_marcos_e_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/614/indicacao_no_080-_curso_informatica_-_marcos_e_taisller.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias afim de realizar curso de informática para crianças, jovens e terceira idade. O curso visa promover inclusão digital, fazendo com que todos tenham acesso a noções básicas de como operar um computador e acessar a internet.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Marcos Antônio Francisconi, Taisller Guimarães da Silva</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/615/indicacao_no_081-_aquisicao_patrulha__marcos__e_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/615/indicacao_no_081-_aquisicao_patrulha__marcos__e_taisller.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recursos junto ao Governo Federal ou Estadual, para aquisição de uma patrulha agrícola, que a mesma seja destinada paras comunidades Alto São João, São João e Canarinho.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/616/indicacao_no_082-_disponibilizar_um_carro__-_marcos_e_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/616/indicacao_no_082-_disponibilizar_um_carro__-_marcos_e_taisller.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias afim de disponibilizar um carro da saúde para atender as demandas das comunidades Alto São João, São João e Canarinho.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/617/indicacao_no_083-_curso_tratorista_-_ademir.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/617/indicacao_no_083-_curso_tratorista_-_ademir.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias afim de realizar curso e treinamento de tratorista. O curso visa formar e qualificar tecnicamente agricultores e servidores públicos para a operação e manutenção preventiva de máquinas e implementos agrícolas, com qualidade e segurança.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/618/indicacao_no_084-_cascalhamento_linha_squina-_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/618/indicacao_no_084-_cascalhamento_linha_squina-_tiago.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para a recuperação com cascalhamento das estradas da Linha Squina, próximo a propriedade da senhora Ivone Sheifer e demais moradores.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/619/indicacao_no_085-_construcao_de_um_ponto_de_onibus-_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/619/indicacao_no_085-_construcao_de_um_ponto_de_onibus-_taisller.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para a recuperação com cascalhamento das estradas da LinhaTurski, próximo a propriedade do senhor Jandir Turski e demais moradores.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/620/indicacao_no_086-_cascalhamento_linha_sao_jorge-_altair.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/620/indicacao_no_086-_cascalhamento_linha_sao_jorge-_altair.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para a recuperação com cascalhamento das estradas da Linha São Jorge, próximo a propriedade do senhor José Alexandre e demais moradores.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/621/indicacao_no_087-_cascalhamento_linha_roncador_-claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/621/indicacao_no_087-_cascalhamento_linha_roncador_-claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para a recuperação com cascalhamento das estradas da Linha Roncador, próximo as propriedades dos senhores Ilario Félex e Sidinei da Rosa( Nelson Favero) e demais moradores</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/622/indicacao_no_088-_construcao_de_bueiros_inteligentes_-taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/622/indicacao_no_088-_construcao_de_bueiros_inteligentes_-taisller.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso para a implantação de bueiros inteligentes.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Domingos Alberto Rech, Marcos Antônio Francisconi, Taisller Guimarães da Silva, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/623/indicacao_no_089-_desconto_no_iptu_-_claudecir_domingos_marcos_taisller_e_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/623/indicacao_no_089-_desconto_no_iptu_-_claudecir_domingos_marcos_taisller_e_tiago.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias, analisem a possibilidade conceder 50% e desconto sobre o Imposto Predial Territorial Urbano – IPTU, a todos os aposentados.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/624/indicacao_no_090-_substituicao_das_lampadas__taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/624/indicacao_no_090-_substituicao_das_lampadas__taisller.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias, para que proceda a substituição de lâmpadas da iluminação pública de vapor de sódio, mercúrio e metálico por lâmpadas do tipo LED (light emitting diode).</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/625/indicacao_no_091-_recuperacao_da_estrada_santa_terezinha_-claudecir_e__marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/625/indicacao_no_091-_recuperacao_da_estrada_santa_terezinha_-claudecir_e__marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso,  para recuperação com cascalhamento das estradas e recuperação dos bueiros, próximo a  propriedade do senhor Jairo Albino  e demais moradores, localizada na Linha Santa Terezinha.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/626/indicacao_no_092-_recuperacao_da_estrada-_cabiceira_do_barra_grande-claudecir_e__marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/626/indicacao_no_092-_recuperacao_da_estrada-_cabiceira_do_barra_grande-claudecir_e__marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso,  para recuperação com cascalhamento  das estradas e recuperação de bueiros, próximo as  propriedades dos senhores Darci Freitas, Itamar Stachak e demais moradores, localizada na Linha Cabeceira do Barra Grande.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/627/indicacao_no_093-_recuperacao_da_estrada-_tres_de_maio_-claudecir_e__marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/627/indicacao_no_093-_recuperacao_da_estrada-_tres_de_maio_-claudecir_e__marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso,  para recuperação de bueiros, próximo a  propriedade do senhor Severino Cavalli  e demais moradores, localizada na Linha Três de Maio.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/628/indicacao_no_094-_fixacao_de_placas-_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/628/indicacao_no_094-_fixacao_de_placas-_taisller.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, solicitando-lhe total empenho no intuito de definição para fixação de placas em locais adequados, orientandos os vendedores ambulantes, sobre os principais procedimentos para exercer atividades no território municipal.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/629/indicacao_no_095-_ampliacao_da_rede_de_agua-_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/629/indicacao_no_095-_ampliacao_da_rede_de_agua-_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do                    Setor competente, que tome as providências necessárias no sentido de viabilizar recursos para ampliação da rede de abastecimento de água da Linha Alto São João até as residências dos Senhores Juares Luiz Boa, Orides de oliveira e Ermis Ducati.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>Claudecir Pegoraro, Domingos Alberto Rech, Marcos Antônio Francisconi, Taisller Guimarães da Silva</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/630/indicacao_no_096-_ampliacao_do_patio_-_domingosclaudecir_marcos_taisller_e_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/630/indicacao_no_096-_ampliacao_do_patio_-_domingosclaudecir_marcos_taisller_e_tiago.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem , na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para ampliação do espaço usado para orações ao ar livre, da capelinha Nossa Senhora Aparecida, próximo  a propriedade do senhor Celso Luiz  da Silva, morador da comunidade Linha Santa Terezinha.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/632/indicacao_no_097-_reperacao_de_tubos_claudecir_e_marcos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/632/indicacao_no_097-_reperacao_de_tubos_claudecir_e_marcos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem          , na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para ampliação do espaço usado para orações ao ar livre, da capelinha Nossa Senhora Aparecida, próximo  a propriedade do senhor Celso Luiz  da Silva, morador da comunidade Linha Santa Terezinha.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/635/indicacao_no_098-_lombadas_bairro_sao_domingos-_domingos_e_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/635/indicacao_no_098-_lombadas_bairro_sao_domingos-_domingos_e_tiago.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, através do Setor competente, que tome as providências necessárias no sentido de viabilizar recurso, para que determine a construção de duas lombadas sendo uma na Avenida São Cristovão, em local próximo a residência do Senhor Cleonir Gubertt e a outra na Rua Hilda Harnisch local próximo a residência do Senhor Domingos Soster, localizadas no Bairro São Domingos.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/537/requerimento_no_001-_justificativa_de_falta-tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/537/requerimento_no_001-_justificativa_de_falta-tiago.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
 Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, à Sessão Ordinária do dia 16 de abril do fluente ano, com base no Artigo 64 e Parágrafo Único do Regimento Interno da Câmara.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/538/requerimento_no_002-_justificativa_de_falta-domingos.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/538/requerimento_no_002-_justificativa_de_falta-domingos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
 Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, à Sessão Ordinária do dia 07 de maio do fluente ano, com base no Artigo 64 e Parágrafo Único do Regimento Interno da Câmara.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/539/requerimento_no_003-_justificativa_de_falta-claudecir.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/539/requerimento_no_003-_justificativa_de_falta-claudecir.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
 Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, à Sessão Ordinária do dia 21 de maio do fluente ano, com base no Artigo 64 e Parágrafo Único do Regimento Interno da Câmara.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/590/requerimento_no_004-_justificativa_de_falta-taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/590/requerimento_no_004-_justificativa_de_falta-taisller.pdf</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/591/requerimento_no_005-_justificativa_de_falta-taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/591/requerimento_no_005-_justificativa_de_falta-taisller.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
 Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, à Sessão Ordinária do dia 18 de junho do fluente ano, com base no Artigo 64 e Parágrafo Único do Regimento Interno da Câmara.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/592/requerimento_no_006-_justificativa_de_falta-_ademir.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/592/requerimento_no_006-_justificativa_de_falta-_ademir.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
 Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, à Sessão Ordinária do dia 06 de agosto do fluente ano, com base no Artigo 64 e Parágrafo Único do Regimento Interno da Câmara.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/593/requerimento_no_007-_informacao-_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/593/requerimento_no_007-_informacao-_taisller.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à Mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tome as seguintes providências._x000D_
 Encaminhe expediente ao Excelentíssimo Senhor Prefeito Municipal Caetano Ilair Alievi, juntamente com Secretário Municipal do Interior Lair Dias, solicitando informações sobre a terraplanagem na propriedade do senhor Paulo Tobaldini.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>Ademir da Rosa, Altair Panzera, Brizola, Claudecir Pegoraro, Domingos Alberto Rech, Formiga, Marcos Antônio Francisconi, Taisller Guimarães da Silva, Tiago Aparecido Thomas</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/594/requerimento_no_008-_informacao_onibus-_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/594/requerimento_no_008-_informacao_onibus-_taisller.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que os presente subscrevem, nos termos legais e regimentais, ouvindo o Plenário, solicita à Mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tome as seguintes providências._x000D_
 Encaminhe expediente ao Excelentíssimo Senhor Prefeito Municipal Caetano Ilair Alievi, juntamente com Secretária Municipal de Educação, Cultura e Esportes Elizabete Rita Duquesne Pereira, solicitando informações sobre não fornecimento do transporte para excursão dos alunos do 3º ano do Colégio Estadual São Cristóvão, para a cidade de Foz do Iguaçu.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/595/requerimento_no_009-_justificativa_de_falta-_claudecir.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/595/requerimento_no_009-_justificativa_de_falta-_claudecir.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tomem as seguintes providências:_x000D_
 Delibere juntamente com o plenário para a justificativa de falta, do Vereador Requerente, à Sessão Ordinária do dia 05 de novembro do fluente ano, com base no Artigo 64 e Parágrafo Único do Regimento Interno da Câmara.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/596/requerimento_no_010-_informacao_calcamento-_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/596/requerimento_no_010-_informacao_calcamento-_taisller.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, nos termos legais e regimentais, ouvindo o Plenário, solicita à Mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tome as seguintes providências:_x000D_
 _x000D_
 Encaminhe expediente ao Excelentíssimo Senhor Prefeito Municipal Caetano Ilair Alievi, solicitando que preste informações completas sobre a execução da obra referente contrato de repasse n° 828629/2016 – Operação 1031317-53. Em verificações realizadas nas ruas nº 03, São Jorge, nº 79 e nº 02 foram constatadas inconformidades na pavimentação poliédrica e passeios, pois visivelmente estão fora dos padrões estabelecidos no projeto base para execução e no edital de licitação, segundo fotografias em anexo._x000D_
 Na mesma oportunidade deverá informar o nome completo do fiscal da obra, apresentar cópias das medições originais realizadas (com assinatura dos responsáveis), informação se houve verificação pela administração do cumprimento integral do contrato, informação se após as informações</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/597/requerimento_no_011-_informacao_linha_dos_onibus-_taisller.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/597/requerimento_no_011-_informacao_linha_dos_onibus-_taisller.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, nos termos legais e regimentais, ouvindo o Plenário, solicita à Mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tome as seguintes providências:_x000D_
 Encaminhe expediente ao Excelentíssimo Senhor Prefeito Municipal Caetano Ilair Alievi, solicitando informações em resposta documental, sobre o processo licitatório na modalidade Tomada de Preço nº 2/2017, que seja encaminhado a esta casa de leis os nomes dos servidores públicos, que realizaram as medições da quilometragem conforme o edital, sendo verificado conforme oficio 28/2017 incompatibilidades entra o que estava sendo proposto no certame e a real quilometragem.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/598/requerimento_no_007-_informacao-_tiago.pdf</t>
+    <t>http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/598/requerimento_no_007-_informacao-_tiago.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos legais e regimentais, ouvindo o Plenário, solicita à Mesa Diretora da Câmara Municipal de Manfrinópolis, Estado do Paraná, que tome as seguintes providências._x000D_
 Encaminhe expediente ao Excelentíssimo Senhor Prefeito Municipal Caetano Ilair Alievi, juntamente com Secretário Municipal de Saúde José Alvadir de Oliveira, solicitando informações sobre o atendimento pediátrico.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1753,68 +1753,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/523/indicacao_no_001-_aquisicao_retroescavadeira-_altair_e_ildo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/524/indicacao_no_002-_recapeamento_asfaltico-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/525/indicacao_no_003-_reforma_ginasio_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/526/indicacao_no_004-_substituicao_de_tubos_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/527/indicacao_no_005-_aquisicao_epi_tiago.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/528/indicacao_no_006-_caminhao_pipa-_domingos_alberto.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/529/indicacao_no_007-_aquisicao_trator-_altair_e_ildo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/530/indicacao_no_008-construcao_de_pontilhao_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/531/indicacao_no_009-_substituicao_de_tubos_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/532/indicacao_no_010-_contratacao_professor-_taisller.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/533/indicacao_no_011-_substituicao_de_tubos_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/534/indicacao_no_012-_aquisicao_uti-_taisller.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/535/indicacao_no_013-_subsidio_agente_de_saude.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/536/indicacao_no_014-_manutecao_do_poco_ginasio_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/540/indicacao_no_015-_ademir_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/541/indicacao_no_016-_aquisicao_retroescavadeira-_tiago.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/542/indicacao_no_017-_perfuracao_poco_artesiano_sao_jorge-_altair_e_ildo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/543/indicacao_no_018-_substituicao_de_tubos-_altair_e_ildo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/544/indicacao_no_019-_construcao_de_um_ponto_de_onibus-_taisller.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/545/indicacao_no_020-_desafetacao-_tiago.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/546/indicacao_no_020-_desafetacao-_tiago.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/547/indicacao_no_022-_reforma_ou_substituicao_campo_-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/548/indicacao_no_023-__conclusao_de_calcamento-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/549/indicacao_no_024-_construcao_de_refugio-_domingos_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/557/indicacao_no_025-_ampliacao_da_rede_de_agua-_taisller_guimaraes_da_silva.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/551/indicacao_no_026-_a-_ademir_da_rosa.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/552/indicacao_no_027-_perfuracao_poco_artesiano_savanhago-_altair_e_ildo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/553/indicacao_no_028-_atendimento_odontologico-_ademir_da_rosa.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/554/indicacao_no_029-_aquisicao_trator-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/555/indicacao_no_030-_coleta_de_embalagem_agrotoxico_savanhago-_altair_e_ildo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/556/indicacao_no_031-_substituicao_de_tubos_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/558/indicacao_no_032-_reforma_de_um_ponto_de_onibus-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/559/indicacao_no_033-_reforma_ginasio_eloivo_tiago_thomas.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/560/indicacao_no_034-_atualizacao_planos_cargos-_taisller_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/561/indicacao_no_035-_remorcao_do_canteiro_central-_domingos_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/562/indicacao_no_036-_reforma_ginasio_santa_terezinha-.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/563/indicacao_no_037-_construcao_ponto_de_coleta-_taisller.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/564/indicacao_no_038-_academia-_claudecir_marcos_e_taisller.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/565/indicacao_no_039-_aquisicao_tambores_de_lixo-_claudecir_e_marcos_-_copia.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/566/indicacao_no_040-_substituicao_de_tubos_sao_joao_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/567/indicacao_no_041-_construcao_de_tubos-_taisller.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/568/indicacao_no_042-_construcao_de_cisterna-_domingos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/570/indicacao_no_044-_retorno_cessao_funcionario.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/571/indicacao_no_044-_retorno_cessao_funcionario.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/572/indicacao_no_046-concessao_predio_publico-__ilso_e_taisller.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/573/indicacao_no_047-_retorno_dos_festivais-_domingos.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/574/indicacao_no_048-construcao_de_muro_do_rio-_altair.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/575/indicacao_no_049-_poco_artesiano_linha_miller_tiago_e_domingos.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/576/indicacao_no_050-_regularizacao_fundiaria_urbana-_taisller.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/577/indicacao_no_051-_cascalhamento_linha_sao_joao-_altair_e_ildo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/578/indicacao_no_052-_aquisicao_barracao_industrial-_claudecir_e_taisller.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/579/indicacao_no_053-_aquisicao_onibus_escolar_santa_terezinha-_claudecir_e_taisller.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/580/indicacao_no_054-_aquisicao__relogio_ponto-_dominos_e_taisller.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/581/indicacao_no_055-_substituicao_de_tubos_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/582/indicacao_no_056-_mini_quadra_esportiva-_tiago.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/583/indicacao_no_057-_projeto_de_lei_centro_de_eventos.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/584/indicacao_no_059-_construcao_passarela-_ildo_e_taisller.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/585/indicacao_no_060_-_aquisicao_plantadeira-__claudecir_marcos_e_taisller.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/586/indicacao_no_061-_aquisicao_plantadeira-__claudecir_marcos_e_taisller.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/587/indicacao_no_062-_construcao_de_tubulacao-_taisller.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/588/indicacao_no_063-_curso_para_idosos_-_taisller.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/589/indicacao_no_064-_instalacao_de_internet_-_taisller_-_copia.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/599/indicacao_no_065-_curso_de_violao_-_taisller.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/600/indicacao_no_067-_programa_de_incentivo_-claudecir_domingos_marcos_taisller_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/601/indicacao_no_068-concessao_predio_publico-_claudecir_e_taisller.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/602/indicacao_no_068-concessao_predio_publico-_claudecir_e_taisller.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/603/indicacao_no_069-_curso_de_corte_e_costura-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/604/indicacao_no_070-_vencimento_basico_tecnico_enfermagem_-_taisller_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/605/indicacao_no_071-_vencimento_basico_tecnico_enfermagem_-_taisller_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/606/indicacao_no_072-_substituicao_de_tubos-_tiago.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/607/indicacao_no_073-_substituicao_de_aperelhos_de_televisao-_tiago.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/608/indicacao_no_074-_construcao_de_um_ponto_de_onibus-_tiago.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/609/indicacao_no_075-_reforma_das_calcadas_-_marcos_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/610/indicacao_no_076-_encanamento_da_rede_de_agua_gleba_dos_morros-_ildo.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/611/indicacao_no_077-_construcao_de_um_ponto_de_onibus-claudecir_domingos_marcos_taisller_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/612/indicacao_no_078-_recuperacao_da_estrada_-claudecir_e__marcos.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/613/indicacao_no_079-_construcao_de_tubos-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/614/indicacao_no_080-_curso_informatica_-_marcos_e_taisller.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/615/indicacao_no_081-_aquisicao_patrulha__marcos__e_taisller.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/616/indicacao_no_082-_disponibilizar_um_carro__-_marcos_e_taisller.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/617/indicacao_no_083-_curso_tratorista_-_ademir.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/618/indicacao_no_084-_cascalhamento_linha_squina-_tiago.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/619/indicacao_no_085-_construcao_de_um_ponto_de_onibus-_taisller.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/620/indicacao_no_086-_cascalhamento_linha_sao_jorge-_altair.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/621/indicacao_no_087-_cascalhamento_linha_roncador_-claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/622/indicacao_no_088-_construcao_de_bueiros_inteligentes_-taisller.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/623/indicacao_no_089-_desconto_no_iptu_-_claudecir_domingos_marcos_taisller_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/624/indicacao_no_090-_substituicao_das_lampadas__taisller.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/625/indicacao_no_091-_recuperacao_da_estrada_santa_terezinha_-claudecir_e__marcos.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/626/indicacao_no_092-_recuperacao_da_estrada-_cabiceira_do_barra_grande-claudecir_e__marcos.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/627/indicacao_no_093-_recuperacao_da_estrada-_tres_de_maio_-claudecir_e__marcos.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/628/indicacao_no_094-_fixacao_de_placas-_taisller.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/629/indicacao_no_095-_ampliacao_da_rede_de_agua-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/630/indicacao_no_096-_ampliacao_do_patio_-_domingosclaudecir_marcos_taisller_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/632/indicacao_no_097-_reperacao_de_tubos_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/635/indicacao_no_098-_lombadas_bairro_sao_domingos-_domingos_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/537/requerimento_no_001-_justificativa_de_falta-tiago.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/538/requerimento_no_002-_justificativa_de_falta-domingos.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/539/requerimento_no_003-_justificativa_de_falta-claudecir.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/590/requerimento_no_004-_justificativa_de_falta-taisller.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/591/requerimento_no_005-_justificativa_de_falta-taisller.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/592/requerimento_no_006-_justificativa_de_falta-_ademir.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/593/requerimento_no_007-_informacao-_taisller.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/594/requerimento_no_008-_informacao_onibus-_taisller.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/595/requerimento_no_009-_justificativa_de_falta-_claudecir.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/596/requerimento_no_010-_informacao_calcamento-_taisller.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/597/requerimento_no_011-_informacao_linha_dos_onibus-_taisller.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/598/requerimento_no_007-_informacao-_tiago.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/523/indicacao_no_001-_aquisicao_retroescavadeira-_altair_e_ildo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/524/indicacao_no_002-_recapeamento_asfaltico-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/525/indicacao_no_003-_reforma_ginasio_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/526/indicacao_no_004-_substituicao_de_tubos_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/527/indicacao_no_005-_aquisicao_epi_tiago.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/528/indicacao_no_006-_caminhao_pipa-_domingos_alberto.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/529/indicacao_no_007-_aquisicao_trator-_altair_e_ildo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/530/indicacao_no_008-construcao_de_pontilhao_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/531/indicacao_no_009-_substituicao_de_tubos_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/532/indicacao_no_010-_contratacao_professor-_taisller.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/533/indicacao_no_011-_substituicao_de_tubos_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/534/indicacao_no_012-_aquisicao_uti-_taisller.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/535/indicacao_no_013-_subsidio_agente_de_saude.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/536/indicacao_no_014-_manutecao_do_poco_ginasio_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/540/indicacao_no_015-_ademir_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/541/indicacao_no_016-_aquisicao_retroescavadeira-_tiago.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/542/indicacao_no_017-_perfuracao_poco_artesiano_sao_jorge-_altair_e_ildo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/543/indicacao_no_018-_substituicao_de_tubos-_altair_e_ildo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/544/indicacao_no_019-_construcao_de_um_ponto_de_onibus-_taisller.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/545/indicacao_no_020-_desafetacao-_tiago.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/546/indicacao_no_020-_desafetacao-_tiago.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/547/indicacao_no_022-_reforma_ou_substituicao_campo_-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/548/indicacao_no_023-__conclusao_de_calcamento-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/549/indicacao_no_024-_construcao_de_refugio-_domingos_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/557/indicacao_no_025-_ampliacao_da_rede_de_agua-_taisller_guimaraes_da_silva.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/551/indicacao_no_026-_a-_ademir_da_rosa.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/552/indicacao_no_027-_perfuracao_poco_artesiano_savanhago-_altair_e_ildo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/553/indicacao_no_028-_atendimento_odontologico-_ademir_da_rosa.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/554/indicacao_no_029-_aquisicao_trator-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/555/indicacao_no_030-_coleta_de_embalagem_agrotoxico_savanhago-_altair_e_ildo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/556/indicacao_no_031-_substituicao_de_tubos_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/558/indicacao_no_032-_reforma_de_um_ponto_de_onibus-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/559/indicacao_no_033-_reforma_ginasio_eloivo_tiago_thomas.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/560/indicacao_no_034-_atualizacao_planos_cargos-_taisller_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/561/indicacao_no_035-_remorcao_do_canteiro_central-_domingos_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/562/indicacao_no_036-_reforma_ginasio_santa_terezinha-.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/563/indicacao_no_037-_construcao_ponto_de_coleta-_taisller.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/564/indicacao_no_038-_academia-_claudecir_marcos_e_taisller.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/565/indicacao_no_039-_aquisicao_tambores_de_lixo-_claudecir_e_marcos_-_copia.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/566/indicacao_no_040-_substituicao_de_tubos_sao_joao_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/567/indicacao_no_041-_construcao_de_tubos-_taisller.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/568/indicacao_no_042-_construcao_de_cisterna-_domingos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/570/indicacao_no_044-_retorno_cessao_funcionario.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/571/indicacao_no_044-_retorno_cessao_funcionario.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/572/indicacao_no_046-concessao_predio_publico-__ilso_e_taisller.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/573/indicacao_no_047-_retorno_dos_festivais-_domingos.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/574/indicacao_no_048-construcao_de_muro_do_rio-_altair.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/575/indicacao_no_049-_poco_artesiano_linha_miller_tiago_e_domingos.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/576/indicacao_no_050-_regularizacao_fundiaria_urbana-_taisller.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/577/indicacao_no_051-_cascalhamento_linha_sao_joao-_altair_e_ildo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/578/indicacao_no_052-_aquisicao_barracao_industrial-_claudecir_e_taisller.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/579/indicacao_no_053-_aquisicao_onibus_escolar_santa_terezinha-_claudecir_e_taisller.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/580/indicacao_no_054-_aquisicao__relogio_ponto-_dominos_e_taisller.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/581/indicacao_no_055-_substituicao_de_tubos_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/582/indicacao_no_056-_mini_quadra_esportiva-_tiago.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/583/indicacao_no_057-_projeto_de_lei_centro_de_eventos.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/584/indicacao_no_059-_construcao_passarela-_ildo_e_taisller.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/585/indicacao_no_060_-_aquisicao_plantadeira-__claudecir_marcos_e_taisller.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/586/indicacao_no_061-_aquisicao_plantadeira-__claudecir_marcos_e_taisller.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/587/indicacao_no_062-_construcao_de_tubulacao-_taisller.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/588/indicacao_no_063-_curso_para_idosos_-_taisller.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/589/indicacao_no_064-_instalacao_de_internet_-_taisller_-_copia.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/599/indicacao_no_065-_curso_de_violao_-_taisller.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/600/indicacao_no_067-_programa_de_incentivo_-claudecir_domingos_marcos_taisller_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/601/indicacao_no_068-concessao_predio_publico-_claudecir_e_taisller.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/602/indicacao_no_068-concessao_predio_publico-_claudecir_e_taisller.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/603/indicacao_no_069-_curso_de_corte_e_costura-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/604/indicacao_no_070-_vencimento_basico_tecnico_enfermagem_-_taisller_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/605/indicacao_no_071-_vencimento_basico_tecnico_enfermagem_-_taisller_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/606/indicacao_no_072-_substituicao_de_tubos-_tiago.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/607/indicacao_no_073-_substituicao_de_aperelhos_de_televisao-_tiago.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/608/indicacao_no_074-_construcao_de_um_ponto_de_onibus-_tiago.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/609/indicacao_no_075-_reforma_das_calcadas_-_marcos_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/610/indicacao_no_076-_encanamento_da_rede_de_agua_gleba_dos_morros-_ildo.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/611/indicacao_no_077-_construcao_de_um_ponto_de_onibus-claudecir_domingos_marcos_taisller_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/612/indicacao_no_078-_recuperacao_da_estrada_-claudecir_e__marcos.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/613/indicacao_no_079-_construcao_de_tubos-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/614/indicacao_no_080-_curso_informatica_-_marcos_e_taisller.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/615/indicacao_no_081-_aquisicao_patrulha__marcos__e_taisller.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/616/indicacao_no_082-_disponibilizar_um_carro__-_marcos_e_taisller.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/617/indicacao_no_083-_curso_tratorista_-_ademir.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/618/indicacao_no_084-_cascalhamento_linha_squina-_tiago.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/619/indicacao_no_085-_construcao_de_um_ponto_de_onibus-_taisller.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/620/indicacao_no_086-_cascalhamento_linha_sao_jorge-_altair.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/621/indicacao_no_087-_cascalhamento_linha_roncador_-claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/622/indicacao_no_088-_construcao_de_bueiros_inteligentes_-taisller.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/623/indicacao_no_089-_desconto_no_iptu_-_claudecir_domingos_marcos_taisller_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/624/indicacao_no_090-_substituicao_das_lampadas__taisller.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/625/indicacao_no_091-_recuperacao_da_estrada_santa_terezinha_-claudecir_e__marcos.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/626/indicacao_no_092-_recuperacao_da_estrada-_cabiceira_do_barra_grande-claudecir_e__marcos.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/627/indicacao_no_093-_recuperacao_da_estrada-_tres_de_maio_-claudecir_e__marcos.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/628/indicacao_no_094-_fixacao_de_placas-_taisller.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/629/indicacao_no_095-_ampliacao_da_rede_de_agua-_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/630/indicacao_no_096-_ampliacao_do_patio_-_domingosclaudecir_marcos_taisller_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/632/indicacao_no_097-_reperacao_de_tubos_claudecir_e_marcos.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/635/indicacao_no_098-_lombadas_bairro_sao_domingos-_domingos_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/537/requerimento_no_001-_justificativa_de_falta-tiago.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/538/requerimento_no_002-_justificativa_de_falta-domingos.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/539/requerimento_no_003-_justificativa_de_falta-claudecir.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/590/requerimento_no_004-_justificativa_de_falta-taisller.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/591/requerimento_no_005-_justificativa_de_falta-taisller.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/592/requerimento_no_006-_justificativa_de_falta-_ademir.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/593/requerimento_no_007-_informacao-_taisller.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/594/requerimento_no_008-_informacao_onibus-_taisller.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/595/requerimento_no_009-_justificativa_de_falta-_claudecir.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/596/requerimento_no_010-_informacao_calcamento-_taisller.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/597/requerimento_no_011-_informacao_linha_dos_onibus-_taisller.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manfrinopolis.pr.leg.br/media/sapl/public/materialegislativa/2018/598/requerimento_no_007-_informacao-_tiago.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H110"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="163.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="170.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="169.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>